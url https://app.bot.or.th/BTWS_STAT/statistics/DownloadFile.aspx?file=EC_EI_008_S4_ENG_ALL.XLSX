--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R661b9dd47f874275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R50896f61026446c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly" sheetId="1" r:id="R8734fc8b45ee418d"/>
-[...2 lines deleted...]
-    <sheet name="Yearly" sheetId="4" r:id="Re0d1043bdd6c436f"/>
+    <sheet name="Monthly" sheetId="1" r:id="R02926e16496f48fd"/>
+    <sheet name="Quarterly" sheetId="2" r:id="R00f17f3b2dbe4d1c"/>
+    <sheet name="Half Yearly" sheetId="3" r:id="Re92cb92bc5154db8"/>
+    <sheet name="Yearly" sheetId="4" r:id="Rbb8b112ccbdb4168"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="329">
   <si>
     <t>Bank of Thailand</t>
   </si>
   <si>
     <t>EC_EI_008_S4 : Residential Property Price Index 1/ 2/ 3/ 4/</t>
   </si>
   <si>
     <t>(2011 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">Last Updated : </t>
   </si>
   <si>
     <t xml:space="preserve">Retrieved date : </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">JAN 2011 </t>
   </si>
   <si>
     <t xml:space="preserve">FEB 2011 </t>
   </si>
   <si>
@@ -566,50 +566,56 @@
   <si>
     <t xml:space="preserve">APR 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">MAY 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">JUN 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">JUL 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">AUG 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">SEP 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">OCT 2025 </t>
   </si>
   <si>
     <t xml:space="preserve">NOV 2025 </t>
   </si>
   <si>
+    <t xml:space="preserve">DEC 2025 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JAN 2026 </t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>Residential property price index</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t xml:space="preserve">    Nationwide</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t xml:space="preserve">    Bangkok and vicinities</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t xml:space="preserve">    Central (excluding Bangkok and vicinities)</t>
   </si>
   <si>
     <t>5</t>
@@ -854,50 +860,53 @@
   <si>
     <t xml:space="preserve">Q4/2023 </t>
   </si>
   <si>
     <t xml:space="preserve">Q1/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">Q2/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">Q3/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">Q4/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">Q1/2025 </t>
   </si>
   <si>
     <t xml:space="preserve">Q2/2025 </t>
   </si>
   <si>
     <t xml:space="preserve">Q3/2025 </t>
   </si>
   <si>
+    <t xml:space="preserve">Q4/2025 </t>
+  </si>
+  <si>
     <t xml:space="preserve">H1/2011 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2011 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2012 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2012 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2013 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2013 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2014 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2014 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2015 </t>
@@ -941,90 +950,96 @@
   <si>
     <t xml:space="preserve">H2/2021 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2022 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2022 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2023 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2023 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">H2/2024 </t>
   </si>
   <si>
     <t xml:space="preserve">H1/2025 </t>
   </si>
   <si>
+    <t xml:space="preserve">H2/2025 </t>
+  </si>
+  <si>
     <t xml:space="preserve">2011 </t>
   </si>
   <si>
     <t xml:space="preserve">2012 </t>
   </si>
   <si>
     <t xml:space="preserve">2013 </t>
   </si>
   <si>
     <t xml:space="preserve">2014 </t>
   </si>
   <si>
     <t xml:space="preserve">2015 </t>
   </si>
   <si>
     <t xml:space="preserve">2016 </t>
   </si>
   <si>
     <t xml:space="preserve">2017 </t>
   </si>
   <si>
     <t xml:space="preserve">2018 </t>
   </si>
   <si>
     <t xml:space="preserve">2019 </t>
   </si>
   <si>
     <t xml:space="preserve">2020 </t>
   </si>
   <si>
-    <t>2021 r</t>
-[...5 lines deleted...]
-    <t>2023 r</t>
+    <t xml:space="preserve">2021 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2022 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2023 </t>
   </si>
   <si>
     <t xml:space="preserve">2024 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <d:numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0;-#,##0.0"/>
   </d:numFmts>
   <d:fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Microsoft Sans Serif"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Microsoft Sans Serif"/>
     </font>
   </d:fonts>
   <d:fills count="3">
@@ -1093,56 +1108,56 @@
     <xf numFmtId="0" fontId="1" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" borderId="2" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" xfId="0">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </d:cellXfs>
   <d:cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </d:cellStyles>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2d30b28f4aef44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8734fc8b45ee418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Raa28330aedbc4652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="Racd3fd9632bc4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="R749694d4a71f4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="Re0d1043bdd6c436f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5ba2dc2047e64382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R02926e16496f48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7691351a8c22490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="R00f17f3b2dbe4d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="Re92cb92bc5154db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="Rbb8b112ccbdb4168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:FY35"/>
+  <dimension ref="A1:GA35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" state="frozen" activePane="bottomRight"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="36.4275012512207" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
@@ -1289,50 +1304,52 @@
     <col min="157" max="157" width="9.140625" customWidth="1"/>
     <col min="158" max="158" width="9.140625" customWidth="1"/>
     <col min="159" max="159" width="9.140625" customWidth="1"/>
     <col min="160" max="160" width="9.140625" customWidth="1"/>
     <col min="161" max="161" width="9.140625" customWidth="1"/>
     <col min="162" max="162" width="9.140625" customWidth="1"/>
     <col min="163" max="163" width="9.140625" customWidth="1"/>
     <col min="164" max="164" width="9.140625" customWidth="1"/>
     <col min="165" max="165" width="9.140625" customWidth="1"/>
     <col min="166" max="166" width="9.140625" customWidth="1"/>
     <col min="167" max="167" width="9.140625" customWidth="1"/>
     <col min="168" max="168" width="9.140625" customWidth="1"/>
     <col min="169" max="169" width="9.140625" customWidth="1"/>
     <col min="170" max="170" width="9.140625" customWidth="1"/>
     <col min="171" max="171" width="9.140625" customWidth="1"/>
     <col min="172" max="172" width="9.140625" customWidth="1"/>
     <col min="173" max="173" width="9.140625" customWidth="1"/>
     <col min="174" max="174" width="9.140625" customWidth="1"/>
     <col min="175" max="175" width="9.140625" customWidth="1"/>
     <col min="176" max="176" width="9.140625" customWidth="1"/>
     <col min="177" max="177" width="9.140625" customWidth="1"/>
     <col min="178" max="178" width="9.140625" customWidth="1"/>
     <col min="179" max="179" width="9.140625" customWidth="1"/>
     <col min="180" max="180" width="9.140625" customWidth="1"/>
     <col min="181" max="181" width="9.140625" customWidth="1"/>
+    <col min="182" max="182" width="9.140625" customWidth="1"/>
+    <col min="183" max="183" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
@@ -1475,50 +1492,52 @@
       <c r="FA1" s="4"/>
       <c r="FB1" s="4"/>
       <c r="FC1" s="4"/>
       <c r="FD1" s="4"/>
       <c r="FE1" s="4"/>
       <c r="FF1" s="4"/>
       <c r="FG1" s="4"/>
       <c r="FH1" s="4"/>
       <c r="FI1" s="4"/>
       <c r="FJ1" s="4"/>
       <c r="FK1" s="4"/>
       <c r="FL1" s="4"/>
       <c r="FM1" s="4"/>
       <c r="FN1" s="4"/>
       <c r="FO1" s="4"/>
       <c r="FP1" s="4"/>
       <c r="FQ1" s="4"/>
       <c r="FR1" s="4"/>
       <c r="FS1" s="4"/>
       <c r="FT1" s="4"/>
       <c r="FU1" s="4"/>
       <c r="FV1" s="4"/>
       <c r="FW1" s="4"/>
       <c r="FX1" s="4"/>
       <c r="FY1" s="4"/>
+      <c r="FZ1" s="4"/>
+      <c r="GA1" s="4"/>
     </row>
     <row r="2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
@@ -1660,50 +1679,52 @@
       <c r="FA2" s="4"/>
       <c r="FB2" s="4"/>
       <c r="FC2" s="4"/>
       <c r="FD2" s="4"/>
       <c r="FE2" s="4"/>
       <c r="FF2" s="4"/>
       <c r="FG2" s="4"/>
       <c r="FH2" s="4"/>
       <c r="FI2" s="4"/>
       <c r="FJ2" s="4"/>
       <c r="FK2" s="4"/>
       <c r="FL2" s="4"/>
       <c r="FM2" s="4"/>
       <c r="FN2" s="4"/>
       <c r="FO2" s="4"/>
       <c r="FP2" s="4"/>
       <c r="FQ2" s="4"/>
       <c r="FR2" s="4"/>
       <c r="FS2" s="4"/>
       <c r="FT2" s="4"/>
       <c r="FU2" s="4"/>
       <c r="FV2" s="4"/>
       <c r="FW2" s="4"/>
       <c r="FX2" s="4"/>
       <c r="FY2" s="4"/>
+      <c r="FZ2" s="4"/>
+      <c r="GA2" s="4"/>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
@@ -1845,50 +1866,52 @@
       <c r="FA3" s="4"/>
       <c r="FB3" s="4"/>
       <c r="FC3" s="4"/>
       <c r="FD3" s="4"/>
       <c r="FE3" s="4"/>
       <c r="FF3" s="4"/>
       <c r="FG3" s="4"/>
       <c r="FH3" s="4"/>
       <c r="FI3" s="4"/>
       <c r="FJ3" s="4"/>
       <c r="FK3" s="4"/>
       <c r="FL3" s="4"/>
       <c r="FM3" s="4"/>
       <c r="FN3" s="4"/>
       <c r="FO3" s="4"/>
       <c r="FP3" s="4"/>
       <c r="FQ3" s="4"/>
       <c r="FR3" s="4"/>
       <c r="FS3" s="4"/>
       <c r="FT3" s="4"/>
       <c r="FU3" s="4"/>
       <c r="FV3" s="4"/>
       <c r="FW3" s="4"/>
       <c r="FX3" s="4"/>
       <c r="FY3" s="4"/>
+      <c r="FZ3" s="4"/>
+      <c r="GA3" s="4"/>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
@@ -2030,50 +2053,52 @@
       <c r="FA4" s="4"/>
       <c r="FB4" s="4"/>
       <c r="FC4" s="4"/>
       <c r="FD4" s="4"/>
       <c r="FE4" s="4"/>
       <c r="FF4" s="4"/>
       <c r="FG4" s="4"/>
       <c r="FH4" s="4"/>
       <c r="FI4" s="4"/>
       <c r="FJ4" s="4"/>
       <c r="FK4" s="4"/>
       <c r="FL4" s="4"/>
       <c r="FM4" s="4"/>
       <c r="FN4" s="4"/>
       <c r="FO4" s="4"/>
       <c r="FP4" s="4"/>
       <c r="FQ4" s="4"/>
       <c r="FR4" s="4"/>
       <c r="FS4" s="4"/>
       <c r="FT4" s="4"/>
       <c r="FU4" s="4"/>
       <c r="FV4" s="4"/>
       <c r="FW4" s="4"/>
       <c r="FX4" s="4"/>
       <c r="FY4" s="4"/>
+      <c r="FZ4" s="4"/>
+      <c r="GA4" s="4"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
@@ -2215,50 +2240,52 @@
       <c r="FA5" s="4"/>
       <c r="FB5" s="4"/>
       <c r="FC5" s="4"/>
       <c r="FD5" s="4"/>
       <c r="FE5" s="4"/>
       <c r="FF5" s="4"/>
       <c r="FG5" s="4"/>
       <c r="FH5" s="4"/>
       <c r="FI5" s="4"/>
       <c r="FJ5" s="4"/>
       <c r="FK5" s="4"/>
       <c r="FL5" s="4"/>
       <c r="FM5" s="4"/>
       <c r="FN5" s="4"/>
       <c r="FO5" s="4"/>
       <c r="FP5" s="4"/>
       <c r="FQ5" s="4"/>
       <c r="FR5" s="4"/>
       <c r="FS5" s="4"/>
       <c r="FT5" s="4"/>
       <c r="FU5" s="4"/>
       <c r="FV5" s="4"/>
       <c r="FW5" s="4"/>
       <c r="FX5" s="4"/>
       <c r="FY5" s="4"/>
+      <c r="FZ5" s="4"/>
+      <c r="GA5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>11</v>
@@ -2760,57 +2787,63 @@
       </c>
       <c r="FR6" s="5" t="s">
         <v>177</v>
       </c>
       <c r="FS6" s="5" t="s">
         <v>178</v>
       </c>
       <c r="FT6" s="5" t="s">
         <v>179</v>
       </c>
       <c r="FU6" s="5" t="s">
         <v>180</v>
       </c>
       <c r="FV6" s="5" t="s">
         <v>181</v>
       </c>
       <c r="FW6" s="5" t="s">
         <v>182</v>
       </c>
       <c r="FX6" s="5" t="s">
         <v>183</v>
       </c>
       <c r="FY6" s="5" t="s">
         <v>184</v>
       </c>
+      <c r="FZ6" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="GA6" s="5" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
@@ -3303,59 +3336,65 @@
       <c r="FQ7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FR7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FS7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FT7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FU7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FV7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FW7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FX7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FY7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="FZ7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="GA7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C8" s="10">
         <v>98.6</v>
       </c>
       <c r="D8" s="10">
         <v>98.6</v>
       </c>
       <c r="E8" s="10">
         <v>98.9</v>
       </c>
       <c r="F8" s="10">
         <v>99.2</v>
       </c>
       <c r="G8" s="10">
         <v>100.1</v>
       </c>
       <c r="H8" s="10">
         <v>101.1</v>
       </c>
       <c r="I8" s="10">
         <v>102.2</v>
       </c>
       <c r="J8" s="10">
         <v>101.4</v>
       </c>
@@ -3849,58 +3888,64 @@
         <v>174.9</v>
       </c>
       <c r="FR8" s="10">
         <v>175</v>
       </c>
       <c r="FS8" s="10">
         <v>174.9</v>
       </c>
       <c r="FT8" s="10">
         <v>174.4</v>
       </c>
       <c r="FU8" s="10">
         <v>173.8</v>
       </c>
       <c r="FV8" s="10">
         <v>173.3</v>
       </c>
       <c r="FW8" s="10">
         <v>173.5</v>
       </c>
       <c r="FX8" s="10">
         <v>174.1</v>
       </c>
       <c r="FY8" s="10">
         <v>175.1</v>
+      </c>
+      <c r="FZ8" s="10">
+        <v>175.9</v>
+      </c>
+      <c r="GA8" s="10">
+        <v>176.6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C9" s="10">
         <v>99</v>
       </c>
       <c r="D9" s="10">
         <v>98.8</v>
       </c>
       <c r="E9" s="10">
         <v>99</v>
       </c>
       <c r="F9" s="10">
         <v>99.1</v>
       </c>
       <c r="G9" s="10">
         <v>100</v>
       </c>
       <c r="H9" s="10">
         <v>101.2</v>
       </c>
       <c r="I9" s="10">
         <v>102.6</v>
       </c>
       <c r="J9" s="10">
         <v>101.6</v>
       </c>
@@ -4394,58 +4439,64 @@
         <v>171.3</v>
       </c>
       <c r="FR9" s="10">
         <v>170.9</v>
       </c>
       <c r="FS9" s="10">
         <v>170.7</v>
       </c>
       <c r="FT9" s="10">
         <v>169.7</v>
       </c>
       <c r="FU9" s="10">
         <v>168.6</v>
       </c>
       <c r="FV9" s="10">
         <v>167.5</v>
       </c>
       <c r="FW9" s="10">
         <v>167.5</v>
       </c>
       <c r="FX9" s="10">
         <v>168</v>
       </c>
       <c r="FY9" s="10">
         <v>168.9</v>
+      </c>
+      <c r="FZ9" s="10">
+        <v>169.7</v>
+      </c>
+      <c r="GA9" s="10">
+        <v>170.2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C10" s="10">
         <v>96.8</v>
       </c>
       <c r="D10" s="10">
         <v>98.1</v>
       </c>
       <c r="E10" s="10">
         <v>99.8</v>
       </c>
       <c r="F10" s="10">
         <v>101.2</v>
       </c>
       <c r="G10" s="10">
         <v>101.4</v>
       </c>
       <c r="H10" s="10">
         <v>100.9</v>
       </c>
       <c r="I10" s="10">
         <v>100.5</v>
       </c>
       <c r="J10" s="10">
         <v>99.7</v>
       </c>
@@ -4939,58 +4990,64 @@
         <v>183.5</v>
       </c>
       <c r="FR10" s="10">
         <v>184.3</v>
       </c>
       <c r="FS10" s="10">
         <v>184.6</v>
       </c>
       <c r="FT10" s="10">
         <v>185.4</v>
       </c>
       <c r="FU10" s="10">
         <v>185.4</v>
       </c>
       <c r="FV10" s="10">
         <v>186.5</v>
       </c>
       <c r="FW10" s="10">
         <v>186</v>
       </c>
       <c r="FX10" s="10">
         <v>186.4</v>
       </c>
       <c r="FY10" s="10">
         <v>186.4</v>
+      </c>
+      <c r="FZ10" s="10">
+        <v>187.7</v>
+      </c>
+      <c r="GA10" s="10">
+        <v>187.5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C11" s="10">
         <v>98.6</v>
       </c>
       <c r="D11" s="10">
         <v>99.8</v>
       </c>
       <c r="E11" s="10">
         <v>98.1</v>
       </c>
       <c r="F11" s="10">
         <v>99.4</v>
       </c>
       <c r="G11" s="10">
         <v>99</v>
       </c>
       <c r="H11" s="10">
         <v>100.7</v>
       </c>
       <c r="I11" s="10">
         <v>100.3</v>
       </c>
       <c r="J11" s="10">
         <v>102</v>
       </c>
@@ -5484,58 +5541,64 @@
         <v>188.7</v>
       </c>
       <c r="FR11" s="10">
         <v>189.4</v>
       </c>
       <c r="FS11" s="10">
         <v>189.7</v>
       </c>
       <c r="FT11" s="10">
         <v>189.3</v>
       </c>
       <c r="FU11" s="10">
         <v>190.1</v>
       </c>
       <c r="FV11" s="10">
         <v>189.9</v>
       </c>
       <c r="FW11" s="10">
         <v>191.3</v>
       </c>
       <c r="FX11" s="10">
         <v>192.5</v>
       </c>
       <c r="FY11" s="10">
         <v>195.2</v>
+      </c>
+      <c r="FZ11" s="10">
+        <v>195.7</v>
+      </c>
+      <c r="GA11" s="10">
+        <v>195.1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="13" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C12" s="10">
         <v>101</v>
       </c>
       <c r="D12" s="10">
         <v>100.2</v>
       </c>
       <c r="E12" s="10">
         <v>99</v>
       </c>
       <c r="F12" s="10">
         <v>99</v>
       </c>
       <c r="G12" s="10">
         <v>100.4</v>
       </c>
       <c r="H12" s="10">
         <v>101.6</v>
       </c>
       <c r="I12" s="10">
         <v>102.2</v>
       </c>
       <c r="J12" s="10">
         <v>100</v>
       </c>
@@ -6029,58 +6092,64 @@
         <v>179.9</v>
       </c>
       <c r="FR12" s="10">
         <v>180.7</v>
       </c>
       <c r="FS12" s="10">
         <v>180</v>
       </c>
       <c r="FT12" s="10">
         <v>182.1</v>
       </c>
       <c r="FU12" s="10">
         <v>183.9</v>
       </c>
       <c r="FV12" s="10">
         <v>184.5</v>
       </c>
       <c r="FW12" s="10">
         <v>184.5</v>
       </c>
       <c r="FX12" s="10">
         <v>184.2</v>
       </c>
       <c r="FY12" s="10">
         <v>184.8</v>
+      </c>
+      <c r="FZ12" s="10">
+        <v>184.6</v>
+      </c>
+      <c r="GA12" s="10">
+        <v>184.2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C13" s="10">
         <v>97.3</v>
       </c>
       <c r="D13" s="10">
         <v>97.8</v>
       </c>
       <c r="E13" s="10">
         <v>98.2</v>
       </c>
       <c r="F13" s="10">
         <v>98.9</v>
       </c>
       <c r="G13" s="10">
         <v>100</v>
       </c>
       <c r="H13" s="10">
         <v>100.9</v>
       </c>
       <c r="I13" s="10">
         <v>101.8</v>
       </c>
       <c r="J13" s="10">
         <v>101.2</v>
       </c>
@@ -6574,58 +6643,64 @@
         <v>155.6</v>
       </c>
       <c r="FR13" s="10">
         <v>157.1</v>
       </c>
       <c r="FS13" s="10">
         <v>157.2</v>
       </c>
       <c r="FT13" s="10">
         <v>157.9</v>
       </c>
       <c r="FU13" s="10">
         <v>158.1</v>
       </c>
       <c r="FV13" s="10">
         <v>158.8</v>
       </c>
       <c r="FW13" s="10">
         <v>159.7</v>
       </c>
       <c r="FX13" s="10">
         <v>159.6</v>
       </c>
       <c r="FY13" s="10">
         <v>160.9</v>
+      </c>
+      <c r="FZ13" s="10">
+        <v>161.7</v>
+      </c>
+      <c r="GA13" s="10">
+        <v>164.4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="13" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>5</v>
       </c>
@@ -7118,59 +7193,65 @@
       <c r="FQ14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FR14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FS14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FT14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FU14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FV14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FW14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FX14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FY14" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="FZ14" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="GA14" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="13" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C15" s="10">
         <v>99.2</v>
       </c>
       <c r="D15" s="10">
         <v>99.8</v>
       </c>
       <c r="E15" s="10">
         <v>100.1</v>
       </c>
       <c r="F15" s="10">
         <v>100.3</v>
       </c>
       <c r="G15" s="10">
         <v>100.8</v>
       </c>
       <c r="H15" s="10">
         <v>101.1</v>
       </c>
       <c r="I15" s="10">
         <v>101.4</v>
       </c>
       <c r="J15" s="10">
         <v>100.4</v>
       </c>
@@ -7664,58 +7745,64 @@
         <v>159</v>
       </c>
       <c r="FR15" s="10">
         <v>160</v>
       </c>
       <c r="FS15" s="10">
         <v>160</v>
       </c>
       <c r="FT15" s="10">
         <v>159.3</v>
       </c>
       <c r="FU15" s="10">
         <v>158.6</v>
       </c>
       <c r="FV15" s="10">
         <v>158.6</v>
       </c>
       <c r="FW15" s="10">
         <v>159.4</v>
       </c>
       <c r="FX15" s="10">
         <v>160.2</v>
       </c>
       <c r="FY15" s="10">
         <v>160.9</v>
+      </c>
+      <c r="FZ15" s="10">
+        <v>161.2</v>
+      </c>
+      <c r="GA15" s="10">
+        <v>161.3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C16" s="10">
         <v>100.2</v>
       </c>
       <c r="D16" s="10">
         <v>100.7</v>
       </c>
       <c r="E16" s="10">
         <v>101</v>
       </c>
       <c r="F16" s="10">
         <v>100.6</v>
       </c>
       <c r="G16" s="10">
         <v>101</v>
       </c>
       <c r="H16" s="10">
         <v>101.2</v>
       </c>
       <c r="I16" s="10">
         <v>101.5</v>
       </c>
       <c r="J16" s="10">
         <v>100.3</v>
       </c>
@@ -8209,58 +8296,64 @@
         <v>144.3</v>
       </c>
       <c r="FR16" s="10">
         <v>145.1</v>
       </c>
       <c r="FS16" s="10">
         <v>145.2</v>
       </c>
       <c r="FT16" s="10">
         <v>143</v>
       </c>
       <c r="FU16" s="10">
         <v>141.1</v>
       </c>
       <c r="FV16" s="10">
         <v>140.2</v>
       </c>
       <c r="FW16" s="10">
         <v>140.9</v>
       </c>
       <c r="FX16" s="10">
         <v>141.7</v>
       </c>
       <c r="FY16" s="10">
         <v>141.4</v>
+      </c>
+      <c r="FZ16" s="10">
+        <v>141.3</v>
+      </c>
+      <c r="GA16" s="10">
+        <v>140.7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="13" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C17" s="10">
         <v>96.5</v>
       </c>
       <c r="D17" s="10">
         <v>98.3</v>
       </c>
       <c r="E17" s="10">
         <v>100.6</v>
       </c>
       <c r="F17" s="10">
         <v>101.8</v>
       </c>
       <c r="G17" s="10">
         <v>102</v>
       </c>
       <c r="H17" s="10">
         <v>101</v>
       </c>
       <c r="I17" s="10">
         <v>100.6</v>
       </c>
       <c r="J17" s="10">
         <v>99.3</v>
       </c>
@@ -8754,58 +8847,64 @@
         <v>171.5</v>
       </c>
       <c r="FR17" s="10">
         <v>172</v>
       </c>
       <c r="FS17" s="10">
         <v>172.3</v>
       </c>
       <c r="FT17" s="10">
         <v>173.7</v>
       </c>
       <c r="FU17" s="10">
         <v>173.7</v>
       </c>
       <c r="FV17" s="10">
         <v>174.7</v>
       </c>
       <c r="FW17" s="10">
         <v>173.9</v>
       </c>
       <c r="FX17" s="10">
         <v>174</v>
       </c>
       <c r="FY17" s="10">
         <v>173.7</v>
+      </c>
+      <c r="FZ17" s="10">
+        <v>174.6</v>
+      </c>
+      <c r="GA17" s="10">
+        <v>175.1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="13" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C18" s="10">
         <v>98.6</v>
       </c>
       <c r="D18" s="10">
         <v>99.8</v>
       </c>
       <c r="E18" s="10">
         <v>98.1</v>
       </c>
       <c r="F18" s="10">
         <v>99.4</v>
       </c>
       <c r="G18" s="10">
         <v>99</v>
       </c>
       <c r="H18" s="10">
         <v>100.7</v>
       </c>
       <c r="I18" s="10">
         <v>100.3</v>
       </c>
       <c r="J18" s="10">
         <v>102</v>
       </c>
@@ -9299,58 +9398,64 @@
         <v>188.7</v>
       </c>
       <c r="FR18" s="10">
         <v>189.4</v>
       </c>
       <c r="FS18" s="10">
         <v>189.7</v>
       </c>
       <c r="FT18" s="10">
         <v>189.3</v>
       </c>
       <c r="FU18" s="10">
         <v>190.1</v>
       </c>
       <c r="FV18" s="10">
         <v>189.9</v>
       </c>
       <c r="FW18" s="10">
         <v>191.3</v>
       </c>
       <c r="FX18" s="10">
         <v>192.5</v>
       </c>
       <c r="FY18" s="10">
         <v>195.2</v>
+      </c>
+      <c r="FZ18" s="10">
+        <v>195.7</v>
+      </c>
+      <c r="GA18" s="10">
+        <v>195.1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="13" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C19" s="10">
         <v>101</v>
       </c>
       <c r="D19" s="10">
         <v>100.2</v>
       </c>
       <c r="E19" s="10">
         <v>99</v>
       </c>
       <c r="F19" s="10">
         <v>99</v>
       </c>
       <c r="G19" s="10">
         <v>100.4</v>
       </c>
       <c r="H19" s="10">
         <v>101.6</v>
       </c>
       <c r="I19" s="10">
         <v>102.2</v>
       </c>
       <c r="J19" s="10">
         <v>100</v>
       </c>
@@ -9844,58 +9949,64 @@
         <v>179.9</v>
       </c>
       <c r="FR19" s="10">
         <v>180.7</v>
       </c>
       <c r="FS19" s="10">
         <v>180</v>
       </c>
       <c r="FT19" s="10">
         <v>182.1</v>
       </c>
       <c r="FU19" s="10">
         <v>183.9</v>
       </c>
       <c r="FV19" s="10">
         <v>184.5</v>
       </c>
       <c r="FW19" s="10">
         <v>184.5</v>
       </c>
       <c r="FX19" s="10">
         <v>184.2</v>
       </c>
       <c r="FY19" s="10">
         <v>184.8</v>
+      </c>
+      <c r="FZ19" s="10">
+        <v>184.6</v>
+      </c>
+      <c r="GA19" s="10">
+        <v>184.2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C20" s="10">
         <v>96.1</v>
       </c>
       <c r="D20" s="10">
         <v>96.7</v>
       </c>
       <c r="E20" s="10">
         <v>98</v>
       </c>
       <c r="F20" s="10">
         <v>99.5</v>
       </c>
       <c r="G20" s="10">
         <v>101.6</v>
       </c>
       <c r="H20" s="10">
         <v>101.7</v>
       </c>
       <c r="I20" s="10">
         <v>102.6</v>
       </c>
       <c r="J20" s="10">
         <v>101.4</v>
       </c>
@@ -10389,58 +10500,64 @@
         <v>144.8</v>
       </c>
       <c r="FR20" s="10">
         <v>146.7</v>
       </c>
       <c r="FS20" s="10">
         <v>145.5</v>
       </c>
       <c r="FT20" s="10">
         <v>146.7</v>
       </c>
       <c r="FU20" s="10">
         <v>145.6</v>
       </c>
       <c r="FV20" s="10">
         <v>146.6</v>
       </c>
       <c r="FW20" s="10">
         <v>147.4</v>
       </c>
       <c r="FX20" s="10">
         <v>147.1</v>
       </c>
       <c r="FY20" s="10">
         <v>149.4</v>
+      </c>
+      <c r="FZ20" s="10">
+        <v>150.4</v>
+      </c>
+      <c r="GA20" s="10">
+        <v>153.9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="13" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>5</v>
       </c>
@@ -10933,59 +11050,65 @@
       <c r="FQ21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FR21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FS21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FT21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FU21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FV21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FW21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FX21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FY21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="FZ21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="GA21" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="13" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C22" s="10">
         <v>98.5</v>
       </c>
       <c r="D22" s="10">
         <v>98.6</v>
       </c>
       <c r="E22" s="10">
         <v>99</v>
       </c>
       <c r="F22" s="10">
         <v>99.4</v>
       </c>
       <c r="G22" s="10">
         <v>100.2</v>
       </c>
       <c r="H22" s="10">
         <v>100.9</v>
       </c>
       <c r="I22" s="10">
         <v>101.9</v>
       </c>
       <c r="J22" s="10">
         <v>101.8</v>
       </c>
@@ -11479,58 +11602,64 @@
         <v>179.7</v>
       </c>
       <c r="FR22" s="10">
         <v>180.7</v>
       </c>
       <c r="FS22" s="10">
         <v>180.9</v>
       </c>
       <c r="FT22" s="10">
         <v>180.6</v>
       </c>
       <c r="FU22" s="10">
         <v>180.2</v>
       </c>
       <c r="FV22" s="10">
         <v>180</v>
       </c>
       <c r="FW22" s="10">
         <v>179.9</v>
       </c>
       <c r="FX22" s="10">
         <v>180.2</v>
       </c>
       <c r="FY22" s="10">
         <v>180.4</v>
+      </c>
+      <c r="FZ22" s="10">
+        <v>181.2</v>
+      </c>
+      <c r="GA22" s="10">
+        <v>180.3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" s="10">
         <v>98.7</v>
       </c>
       <c r="D23" s="10">
         <v>98.7</v>
       </c>
       <c r="E23" s="10">
         <v>99.3</v>
       </c>
       <c r="F23" s="10">
         <v>99.7</v>
       </c>
       <c r="G23" s="10">
         <v>100.6</v>
       </c>
       <c r="H23" s="10">
         <v>101.1</v>
       </c>
       <c r="I23" s="10">
         <v>102.3</v>
       </c>
       <c r="J23" s="10">
         <v>102</v>
       </c>
@@ -12024,58 +12153,64 @@
         <v>176</v>
       </c>
       <c r="FR23" s="10">
         <v>176.8</v>
       </c>
       <c r="FS23" s="10">
         <v>176.7</v>
       </c>
       <c r="FT23" s="10">
         <v>176.3</v>
       </c>
       <c r="FU23" s="10">
         <v>175.5</v>
       </c>
       <c r="FV23" s="10">
         <v>174.9</v>
       </c>
       <c r="FW23" s="10">
         <v>174.6</v>
       </c>
       <c r="FX23" s="10">
         <v>174.6</v>
       </c>
       <c r="FY23" s="10">
         <v>174.7</v>
+      </c>
+      <c r="FZ23" s="10">
+        <v>175.3</v>
+      </c>
+      <c r="GA23" s="10">
+        <v>174.1</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="13" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C24" s="10">
         <v>97.5</v>
       </c>
       <c r="D24" s="10">
         <v>97.5</v>
       </c>
       <c r="E24" s="10">
         <v>97.8</v>
       </c>
       <c r="F24" s="10">
         <v>99.6</v>
       </c>
       <c r="G24" s="10">
         <v>99.9</v>
       </c>
       <c r="H24" s="10">
         <v>100.5</v>
       </c>
       <c r="I24" s="10">
         <v>100.2</v>
       </c>
       <c r="J24" s="10">
         <v>100.9</v>
       </c>
@@ -12568,59 +12703,65 @@
       <c r="FQ24" s="10">
         <v>211.7</v>
       </c>
       <c r="FR24" s="10">
         <v>213.4</v>
       </c>
       <c r="FS24" s="10">
         <v>213.7</v>
       </c>
       <c r="FT24" s="10">
         <v>213.4</v>
       </c>
       <c r="FU24" s="10">
         <v>213.5</v>
       </c>
       <c r="FV24" s="10">
         <v>214.7</v>
       </c>
       <c r="FW24" s="10">
         <v>214.7</v>
       </c>
       <c r="FX24" s="10">
         <v>216</v>
       </c>
       <c r="FY24" s="10">
+        <v>216.6</v>
+      </c>
+      <c r="FZ24" s="10">
+        <v>218.5</v>
+      </c>
+      <c r="GA24" s="10">
         <v>216.6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C25" s="10">
         <v>99</v>
       </c>
       <c r="D25" s="10">
         <v>99.3</v>
       </c>
       <c r="E25" s="10">
         <v>98.6</v>
       </c>
       <c r="F25" s="10">
         <v>98.3</v>
       </c>
       <c r="G25" s="10">
         <v>98.1</v>
       </c>
       <c r="H25" s="10">
         <v>99.9</v>
       </c>
       <c r="I25" s="10">
         <v>100.8</v>
       </c>
       <c r="J25" s="10">
         <v>100.9</v>
       </c>
@@ -13114,58 +13255,64 @@
         <v>174.2</v>
       </c>
       <c r="FR25" s="10">
         <v>174.7</v>
       </c>
       <c r="FS25" s="10">
         <v>176.7</v>
       </c>
       <c r="FT25" s="10">
         <v>176.7</v>
       </c>
       <c r="FU25" s="10">
         <v>178.7</v>
       </c>
       <c r="FV25" s="10">
         <v>178.9</v>
       </c>
       <c r="FW25" s="10">
         <v>179.9</v>
       </c>
       <c r="FX25" s="10">
         <v>179.9</v>
       </c>
       <c r="FY25" s="10">
         <v>179.5</v>
+      </c>
+      <c r="FZ25" s="10">
+        <v>179.7</v>
+      </c>
+      <c r="GA25" s="10">
+        <v>181.4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="13" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J26" s="9" t="s">
         <v>5</v>
       </c>
@@ -13658,59 +13805,65 @@
       <c r="FQ26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FR26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FS26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FT26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FU26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FV26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FW26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FX26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="FY26" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="FZ26" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="GA26" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="14" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C27" s="11">
         <v>97.8</v>
       </c>
       <c r="D27" s="11">
         <v>96.7</v>
       </c>
       <c r="E27" s="11">
         <v>96.2</v>
       </c>
       <c r="F27" s="11">
         <v>96.3</v>
       </c>
       <c r="G27" s="11">
         <v>97.8</v>
       </c>
       <c r="H27" s="11">
         <v>101.2</v>
       </c>
       <c r="I27" s="11">
         <v>104.2</v>
       </c>
       <c r="J27" s="11">
         <v>103.1</v>
       </c>
@@ -14204,50 +14357,56 @@
         <v>200.5</v>
       </c>
       <c r="FR27" s="11">
         <v>197.8</v>
       </c>
       <c r="FS27" s="11">
         <v>197.1</v>
       </c>
       <c r="FT27" s="11">
         <v>197.3</v>
       </c>
       <c r="FU27" s="11">
         <v>197.2</v>
       </c>
       <c r="FV27" s="11">
         <v>195.6</v>
       </c>
       <c r="FW27" s="11">
         <v>195</v>
       </c>
       <c r="FX27" s="11">
         <v>195.8</v>
       </c>
       <c r="FY27" s="11">
         <v>199.2</v>
+      </c>
+      <c r="FZ27" s="11">
+        <v>201.3</v>
+      </c>
+      <c r="GA27" s="11">
+        <v>205.2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="9"/>
       <c r="M28" s="9"/>
       <c r="N28" s="9"/>
       <c r="O28" s="9"/>
       <c r="P28" s="9"/>
       <c r="Q28" s="9"/>
       <c r="R28" s="9"/>
       <c r="S28" s="9"/>
       <c r="T28" s="9"/>
       <c r="U28" s="9"/>
       <c r="V28" s="9"/>
@@ -14388,54 +14547,56 @@
       <c r="FA28" s="9"/>
       <c r="FB28" s="9"/>
       <c r="FC28" s="9"/>
       <c r="FD28" s="9"/>
       <c r="FE28" s="9"/>
       <c r="FF28" s="9"/>
       <c r="FG28" s="9"/>
       <c r="FH28" s="9"/>
       <c r="FI28" s="9"/>
       <c r="FJ28" s="9"/>
       <c r="FK28" s="9"/>
       <c r="FL28" s="9"/>
       <c r="FM28" s="9"/>
       <c r="FN28" s="9"/>
       <c r="FO28" s="9"/>
       <c r="FP28" s="9"/>
       <c r="FQ28" s="9"/>
       <c r="FR28" s="9"/>
       <c r="FS28" s="9"/>
       <c r="FT28" s="9"/>
       <c r="FU28" s="9"/>
       <c r="FV28" s="9"/>
       <c r="FW28" s="9"/>
       <c r="FX28" s="9"/>
       <c r="FY28" s="9"/>
+      <c r="FZ28" s="9"/>
+      <c r="GA28" s="9"/>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
       <c r="N29" s="9"/>
       <c r="O29" s="9"/>
       <c r="P29" s="9"/>
       <c r="Q29" s="9"/>
       <c r="R29" s="9"/>
       <c r="S29" s="9"/>
       <c r="T29" s="9"/>
       <c r="U29" s="9"/>
       <c r="V29" s="9"/>
       <c r="W29" s="9"/>
       <c r="X29" s="9"/>
       <c r="Y29" s="9"/>
@@ -14573,50 +14734,52 @@
       <c r="FA29" s="9"/>
       <c r="FB29" s="9"/>
       <c r="FC29" s="9"/>
       <c r="FD29" s="9"/>
       <c r="FE29" s="9"/>
       <c r="FF29" s="9"/>
       <c r="FG29" s="9"/>
       <c r="FH29" s="9"/>
       <c r="FI29" s="9"/>
       <c r="FJ29" s="9"/>
       <c r="FK29" s="9"/>
       <c r="FL29" s="9"/>
       <c r="FM29" s="9"/>
       <c r="FN29" s="9"/>
       <c r="FO29" s="9"/>
       <c r="FP29" s="9"/>
       <c r="FQ29" s="9"/>
       <c r="FR29" s="9"/>
       <c r="FS29" s="9"/>
       <c r="FT29" s="9"/>
       <c r="FU29" s="9"/>
       <c r="FV29" s="9"/>
       <c r="FW29" s="9"/>
       <c r="FX29" s="9"/>
       <c r="FY29" s="9"/>
+      <c r="FZ29" s="9"/>
+      <c r="GA29" s="9"/>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
       <c r="O30" s="9"/>
       <c r="P30" s="9"/>
       <c r="Q30" s="9"/>
       <c r="R30" s="9"/>
       <c r="S30" s="9"/>
       <c r="T30" s="9"/>
       <c r="U30" s="9"/>
@@ -14758,54 +14921,56 @@
       <c r="FA30" s="9"/>
       <c r="FB30" s="9"/>
       <c r="FC30" s="9"/>
       <c r="FD30" s="9"/>
       <c r="FE30" s="9"/>
       <c r="FF30" s="9"/>
       <c r="FG30" s="9"/>
       <c r="FH30" s="9"/>
       <c r="FI30" s="9"/>
       <c r="FJ30" s="9"/>
       <c r="FK30" s="9"/>
       <c r="FL30" s="9"/>
       <c r="FM30" s="9"/>
       <c r="FN30" s="9"/>
       <c r="FO30" s="9"/>
       <c r="FP30" s="9"/>
       <c r="FQ30" s="9"/>
       <c r="FR30" s="9"/>
       <c r="FS30" s="9"/>
       <c r="FT30" s="9"/>
       <c r="FU30" s="9"/>
       <c r="FV30" s="9"/>
       <c r="FW30" s="9"/>
       <c r="FX30" s="9"/>
       <c r="FY30" s="9"/>
+      <c r="FZ30" s="9"/>
+      <c r="GA30" s="9"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="9"/>
       <c r="M31" s="9"/>
       <c r="N31" s="9"/>
       <c r="O31" s="9"/>
       <c r="P31" s="9"/>
       <c r="Q31" s="9"/>
       <c r="R31" s="9"/>
       <c r="S31" s="9"/>
       <c r="T31" s="9"/>
       <c r="U31" s="9"/>
       <c r="V31" s="9"/>
       <c r="W31" s="9"/>
       <c r="X31" s="9"/>
       <c r="Y31" s="9"/>
@@ -14943,54 +15108,56 @@
       <c r="FA31" s="9"/>
       <c r="FB31" s="9"/>
       <c r="FC31" s="9"/>
       <c r="FD31" s="9"/>
       <c r="FE31" s="9"/>
       <c r="FF31" s="9"/>
       <c r="FG31" s="9"/>
       <c r="FH31" s="9"/>
       <c r="FI31" s="9"/>
       <c r="FJ31" s="9"/>
       <c r="FK31" s="9"/>
       <c r="FL31" s="9"/>
       <c r="FM31" s="9"/>
       <c r="FN31" s="9"/>
       <c r="FO31" s="9"/>
       <c r="FP31" s="9"/>
       <c r="FQ31" s="9"/>
       <c r="FR31" s="9"/>
       <c r="FS31" s="9"/>
       <c r="FT31" s="9"/>
       <c r="FU31" s="9"/>
       <c r="FV31" s="9"/>
       <c r="FW31" s="9"/>
       <c r="FX31" s="9"/>
       <c r="FY31" s="9"/>
+      <c r="FZ31" s="9"/>
+      <c r="GA31" s="9"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
       <c r="Y32" s="12"/>
@@ -15128,54 +15295,56 @@
       <c r="FA32" s="12"/>
       <c r="FB32" s="12"/>
       <c r="FC32" s="12"/>
       <c r="FD32" s="12"/>
       <c r="FE32" s="12"/>
       <c r="FF32" s="12"/>
       <c r="FG32" s="12"/>
       <c r="FH32" s="12"/>
       <c r="FI32" s="12"/>
       <c r="FJ32" s="12"/>
       <c r="FK32" s="12"/>
       <c r="FL32" s="12"/>
       <c r="FM32" s="12"/>
       <c r="FN32" s="12"/>
       <c r="FO32" s="12"/>
       <c r="FP32" s="12"/>
       <c r="FQ32" s="12"/>
       <c r="FR32" s="12"/>
       <c r="FS32" s="12"/>
       <c r="FT32" s="12"/>
       <c r="FU32" s="12"/>
       <c r="FV32" s="12"/>
       <c r="FW32" s="12"/>
       <c r="FX32" s="12"/>
       <c r="FY32" s="12"/>
+      <c r="FZ32" s="12"/>
+      <c r="GA32" s="12"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="12"/>
       <c r="M33" s="12"/>
       <c r="N33" s="12"/>
       <c r="O33" s="12"/>
       <c r="P33" s="12"/>
       <c r="Q33" s="12"/>
       <c r="R33" s="12"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
       <c r="V33" s="12"/>
       <c r="W33" s="12"/>
       <c r="X33" s="12"/>
       <c r="Y33" s="12"/>
@@ -15313,54 +15482,56 @@
       <c r="FA33" s="12"/>
       <c r="FB33" s="12"/>
       <c r="FC33" s="12"/>
       <c r="FD33" s="12"/>
       <c r="FE33" s="12"/>
       <c r="FF33" s="12"/>
       <c r="FG33" s="12"/>
       <c r="FH33" s="12"/>
       <c r="FI33" s="12"/>
       <c r="FJ33" s="12"/>
       <c r="FK33" s="12"/>
       <c r="FL33" s="12"/>
       <c r="FM33" s="12"/>
       <c r="FN33" s="12"/>
       <c r="FO33" s="12"/>
       <c r="FP33" s="12"/>
       <c r="FQ33" s="12"/>
       <c r="FR33" s="12"/>
       <c r="FS33" s="12"/>
       <c r="FT33" s="12"/>
       <c r="FU33" s="12"/>
       <c r="FV33" s="12"/>
       <c r="FW33" s="12"/>
       <c r="FX33" s="12"/>
       <c r="FY33" s="12"/>
+      <c r="FZ33" s="12"/>
+      <c r="GA33" s="12"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="12"/>
       <c r="M34" s="12"/>
       <c r="N34" s="12"/>
       <c r="O34" s="12"/>
       <c r="P34" s="12"/>
       <c r="Q34" s="12"/>
       <c r="R34" s="12"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
       <c r="V34" s="12"/>
       <c r="W34" s="12"/>
       <c r="X34" s="12"/>
       <c r="Y34" s="12"/>
@@ -15498,54 +15669,56 @@
       <c r="FA34" s="12"/>
       <c r="FB34" s="12"/>
       <c r="FC34" s="12"/>
       <c r="FD34" s="12"/>
       <c r="FE34" s="12"/>
       <c r="FF34" s="12"/>
       <c r="FG34" s="12"/>
       <c r="FH34" s="12"/>
       <c r="FI34" s="12"/>
       <c r="FJ34" s="12"/>
       <c r="FK34" s="12"/>
       <c r="FL34" s="12"/>
       <c r="FM34" s="12"/>
       <c r="FN34" s="12"/>
       <c r="FO34" s="12"/>
       <c r="FP34" s="12"/>
       <c r="FQ34" s="12"/>
       <c r="FR34" s="12"/>
       <c r="FS34" s="12"/>
       <c r="FT34" s="12"/>
       <c r="FU34" s="12"/>
       <c r="FV34" s="12"/>
       <c r="FW34" s="12"/>
       <c r="FX34" s="12"/>
       <c r="FY34" s="12"/>
+      <c r="FZ34" s="12"/>
+      <c r="GA34" s="12"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
       <c r="R35" s="12"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
       <c r="V35" s="12"/>
       <c r="W35" s="12"/>
       <c r="X35" s="12"/>
       <c r="Y35" s="12"/>
@@ -15683,64 +15856,66 @@
       <c r="FA35" s="12"/>
       <c r="FB35" s="12"/>
       <c r="FC35" s="12"/>
       <c r="FD35" s="12"/>
       <c r="FE35" s="12"/>
       <c r="FF35" s="12"/>
       <c r="FG35" s="12"/>
       <c r="FH35" s="12"/>
       <c r="FI35" s="12"/>
       <c r="FJ35" s="12"/>
       <c r="FK35" s="12"/>
       <c r="FL35" s="12"/>
       <c r="FM35" s="12"/>
       <c r="FN35" s="12"/>
       <c r="FO35" s="12"/>
       <c r="FP35" s="12"/>
       <c r="FQ35" s="12"/>
       <c r="FR35" s="12"/>
       <c r="FS35" s="12"/>
       <c r="FT35" s="12"/>
       <c r="FU35" s="12"/>
       <c r="FV35" s="12"/>
       <c r="FW35" s="12"/>
       <c r="FX35" s="12"/>
       <c r="FY35" s="12"/>
+      <c r="FZ35" s="12"/>
+      <c r="GA35" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A32:FY32"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:FY35"/>
+    <mergeCell ref="A32:GA32"/>
+    <mergeCell ref="A33:GA33"/>
+    <mergeCell ref="A34:GA34"/>
+    <mergeCell ref="A35:GA35"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BI35"/>
+  <dimension ref="A1:BJ35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" state="frozen" activePane="bottomRight"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="36.4275012512207" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
@@ -15767,50 +15942,51 @@
     <col min="37" max="37" width="9.140625" customWidth="1"/>
     <col min="38" max="38" width="9.140625" customWidth="1"/>
     <col min="39" max="39" width="9.140625" customWidth="1"/>
     <col min="40" max="40" width="9.140625" customWidth="1"/>
     <col min="41" max="41" width="9.140625" customWidth="1"/>
     <col min="42" max="42" width="9.140625" customWidth="1"/>
     <col min="43" max="43" width="9.140625" customWidth="1"/>
     <col min="44" max="44" width="9.140625" customWidth="1"/>
     <col min="45" max="45" width="9.140625" customWidth="1"/>
     <col min="46" max="46" width="9.140625" customWidth="1"/>
     <col min="47" max="47" width="9.140625" customWidth="1"/>
     <col min="48" max="48" width="9.140625" customWidth="1"/>
     <col min="49" max="49" width="9.140625" customWidth="1"/>
     <col min="50" max="50" width="9.140625" customWidth="1"/>
     <col min="51" max="51" width="9.140625" customWidth="1"/>
     <col min="52" max="52" width="9.140625" customWidth="1"/>
     <col min="53" max="53" width="9.140625" customWidth="1"/>
     <col min="54" max="54" width="9.140625" customWidth="1"/>
     <col min="55" max="55" width="9.140625" customWidth="1"/>
     <col min="56" max="56" width="9.140625" customWidth="1"/>
     <col min="57" max="57" width="9.140625" customWidth="1"/>
     <col min="58" max="58" width="9.140625" customWidth="1"/>
     <col min="59" max="59" width="9.140625" customWidth="1"/>
     <col min="60" max="60" width="9.140625" customWidth="1"/>
     <col min="61" max="61" width="9.140625" customWidth="1"/>
+    <col min="62" max="62" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
@@ -15833,50 +16009,51 @@
       <c r="AK1" s="4"/>
       <c r="AL1" s="4"/>
       <c r="AM1" s="4"/>
       <c r="AN1" s="4"/>
       <c r="AO1" s="4"/>
       <c r="AP1" s="4"/>
       <c r="AQ1" s="4"/>
       <c r="AR1" s="4"/>
       <c r="AS1" s="4"/>
       <c r="AT1" s="4"/>
       <c r="AU1" s="4"/>
       <c r="AV1" s="4"/>
       <c r="AW1" s="4"/>
       <c r="AX1" s="4"/>
       <c r="AY1" s="4"/>
       <c r="AZ1" s="4"/>
       <c r="BA1" s="4"/>
       <c r="BB1" s="4"/>
       <c r="BC1" s="4"/>
       <c r="BD1" s="4"/>
       <c r="BE1" s="4"/>
       <c r="BF1" s="4"/>
       <c r="BG1" s="4"/>
       <c r="BH1" s="4"/>
       <c r="BI1" s="4"/>
+      <c r="BJ1" s="4"/>
     </row>
     <row r="2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
@@ -15898,50 +16075,51 @@
       <c r="AK2" s="4"/>
       <c r="AL2" s="4"/>
       <c r="AM2" s="4"/>
       <c r="AN2" s="4"/>
       <c r="AO2" s="4"/>
       <c r="AP2" s="4"/>
       <c r="AQ2" s="4"/>
       <c r="AR2" s="4"/>
       <c r="AS2" s="4"/>
       <c r="AT2" s="4"/>
       <c r="AU2" s="4"/>
       <c r="AV2" s="4"/>
       <c r="AW2" s="4"/>
       <c r="AX2" s="4"/>
       <c r="AY2" s="4"/>
       <c r="AZ2" s="4"/>
       <c r="BA2" s="4"/>
       <c r="BB2" s="4"/>
       <c r="BC2" s="4"/>
       <c r="BD2" s="4"/>
       <c r="BE2" s="4"/>
       <c r="BF2" s="4"/>
       <c r="BG2" s="4"/>
       <c r="BH2" s="4"/>
       <c r="BI2" s="4"/>
+      <c r="BJ2" s="4"/>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
@@ -15963,50 +16141,51 @@
       <c r="AK3" s="4"/>
       <c r="AL3" s="4"/>
       <c r="AM3" s="4"/>
       <c r="AN3" s="4"/>
       <c r="AO3" s="4"/>
       <c r="AP3" s="4"/>
       <c r="AQ3" s="4"/>
       <c r="AR3" s="4"/>
       <c r="AS3" s="4"/>
       <c r="AT3" s="4"/>
       <c r="AU3" s="4"/>
       <c r="AV3" s="4"/>
       <c r="AW3" s="4"/>
       <c r="AX3" s="4"/>
       <c r="AY3" s="4"/>
       <c r="AZ3" s="4"/>
       <c r="BA3" s="4"/>
       <c r="BB3" s="4"/>
       <c r="BC3" s="4"/>
       <c r="BD3" s="4"/>
       <c r="BE3" s="4"/>
       <c r="BF3" s="4"/>
       <c r="BG3" s="4"/>
       <c r="BH3" s="4"/>
       <c r="BI3" s="4"/>
+      <c r="BJ3" s="4"/>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
@@ -16028,50 +16207,51 @@
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="4"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
       <c r="AU4" s="4"/>
       <c r="AV4" s="4"/>
       <c r="AW4" s="4"/>
       <c r="AX4" s="4"/>
       <c r="AY4" s="4"/>
       <c r="AZ4" s="4"/>
       <c r="BA4" s="4"/>
       <c r="BB4" s="4"/>
       <c r="BC4" s="4"/>
       <c r="BD4" s="4"/>
       <c r="BE4" s="4"/>
       <c r="BF4" s="4"/>
       <c r="BG4" s="4"/>
       <c r="BH4" s="4"/>
       <c r="BI4" s="4"/>
+      <c r="BJ4" s="4"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
@@ -16093,242 +16273,246 @@
       <c r="AK5" s="4"/>
       <c r="AL5" s="4"/>
       <c r="AM5" s="4"/>
       <c r="AN5" s="4"/>
       <c r="AO5" s="4"/>
       <c r="AP5" s="4"/>
       <c r="AQ5" s="4"/>
       <c r="AR5" s="4"/>
       <c r="AS5" s="4"/>
       <c r="AT5" s="4"/>
       <c r="AU5" s="4"/>
       <c r="AV5" s="4"/>
       <c r="AW5" s="4"/>
       <c r="AX5" s="4"/>
       <c r="AY5" s="4"/>
       <c r="AZ5" s="4"/>
       <c r="BA5" s="4"/>
       <c r="BB5" s="4"/>
       <c r="BC5" s="4"/>
       <c r="BD5" s="4"/>
       <c r="BE5" s="4"/>
       <c r="BF5" s="4"/>
       <c r="BG5" s="4"/>
       <c r="BH5" s="4"/>
       <c r="BI5" s="4"/>
+      <c r="BJ5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Q6" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="R6" s="5" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="S6" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="T6" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="U6" s="5" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="V6" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="W6" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="X6" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="Y6" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="Z6" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="AA6" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="AB6" s="5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="AC6" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="AD6" s="5" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="AE6" s="5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="AF6" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="AG6" s="5" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="AH6" s="5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="AI6" s="5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="AJ6" s="5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="AK6" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="AL6" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="AM6" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="AN6" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="AO6" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="AP6" s="5" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="AQ6" s="5" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="AR6" s="5" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="AS6" s="5" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="AT6" s="5" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="AU6" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="AV6" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="AW6" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="AX6" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="AY6" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="AZ6" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="BA6" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="BB6" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="BC6" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="BD6" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="BE6" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="BF6" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="BG6" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="BH6" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="BI6" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
+      </c>
+      <c r="BJ6" s="5" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
@@ -16461,59 +16645,62 @@
       <c r="BA7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BB7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BC7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BD7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BE7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BF7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BG7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BH7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BI7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="BJ7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C8" s="10">
         <v>98.9</v>
       </c>
       <c r="D8" s="10">
         <v>101.1</v>
       </c>
       <c r="E8" s="10">
         <v>100.1</v>
       </c>
       <c r="F8" s="10">
         <v>101.7</v>
       </c>
       <c r="G8" s="10">
         <v>102.8</v>
       </c>
       <c r="H8" s="10">
         <v>102.3</v>
       </c>
       <c r="I8" s="10">
         <v>102.9</v>
       </c>
       <c r="J8" s="10">
         <v>106.8</v>
       </c>
@@ -16647,58 +16834,61 @@
         <v>167.5</v>
       </c>
       <c r="BB8" s="10">
         <v>170.3</v>
       </c>
       <c r="BC8" s="10">
         <v>169</v>
       </c>
       <c r="BD8" s="10">
         <v>169.6</v>
       </c>
       <c r="BE8" s="10">
         <v>172.8</v>
       </c>
       <c r="BF8" s="10">
         <v>174.8</v>
       </c>
       <c r="BG8" s="10">
         <v>174.9</v>
       </c>
       <c r="BH8" s="10">
         <v>174.4</v>
       </c>
       <c r="BI8" s="10">
         <v>173.5</v>
+      </c>
+      <c r="BJ8" s="10">
+        <v>175.9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C9" s="10">
         <v>99</v>
       </c>
       <c r="D9" s="10">
         <v>101.2</v>
       </c>
       <c r="E9" s="10">
         <v>100.2</v>
       </c>
       <c r="F9" s="10">
         <v>101</v>
       </c>
       <c r="G9" s="10">
         <v>102</v>
       </c>
       <c r="H9" s="10">
         <v>100.2</v>
       </c>
       <c r="I9" s="10">
         <v>101.4</v>
       </c>
       <c r="J9" s="10">
         <v>106.1</v>
       </c>
@@ -16832,58 +17022,61 @@
         <v>164.2</v>
       </c>
       <c r="BB9" s="10">
         <v>167.2</v>
       </c>
       <c r="BC9" s="10">
         <v>165.9</v>
       </c>
       <c r="BD9" s="10">
         <v>165.3</v>
       </c>
       <c r="BE9" s="10">
         <v>169.6</v>
       </c>
       <c r="BF9" s="10">
         <v>170.9</v>
       </c>
       <c r="BG9" s="10">
         <v>171.3</v>
       </c>
       <c r="BH9" s="10">
         <v>169.7</v>
       </c>
       <c r="BI9" s="10">
         <v>167.5</v>
+      </c>
+      <c r="BJ9" s="10">
+        <v>169.7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C10" s="10">
         <v>99.8</v>
       </c>
       <c r="D10" s="10">
         <v>100.9</v>
       </c>
       <c r="E10" s="10">
         <v>98.7</v>
       </c>
       <c r="F10" s="10">
         <v>103</v>
       </c>
       <c r="G10" s="10">
         <v>104.2</v>
       </c>
       <c r="H10" s="10">
         <v>105.7</v>
       </c>
       <c r="I10" s="10">
         <v>106.4</v>
       </c>
       <c r="J10" s="10">
         <v>107.9</v>
       </c>
@@ -17017,58 +17210,61 @@
         <v>175.7</v>
       </c>
       <c r="BB10" s="10">
         <v>178.6</v>
       </c>
       <c r="BC10" s="10">
         <v>177.4</v>
       </c>
       <c r="BD10" s="10">
         <v>179.5</v>
       </c>
       <c r="BE10" s="10">
         <v>182.9</v>
       </c>
       <c r="BF10" s="10">
         <v>184.1</v>
       </c>
       <c r="BG10" s="10">
         <v>183.5</v>
       </c>
       <c r="BH10" s="10">
         <v>185.4</v>
       </c>
       <c r="BI10" s="10">
         <v>186</v>
+      </c>
+      <c r="BJ10" s="10">
+        <v>187.7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C11" s="10">
         <v>98.1</v>
       </c>
       <c r="D11" s="10">
         <v>100.7</v>
       </c>
       <c r="E11" s="10">
         <v>100.1</v>
       </c>
       <c r="F11" s="10">
         <v>102.8</v>
       </c>
       <c r="G11" s="10">
         <v>104.7</v>
       </c>
       <c r="H11" s="10">
         <v>109.4</v>
       </c>
       <c r="I11" s="10">
         <v>108.6</v>
       </c>
       <c r="J11" s="10">
         <v>113</v>
       </c>
@@ -17202,58 +17398,61 @@
         <v>181.8</v>
       </c>
       <c r="BB11" s="10">
         <v>184.8</v>
       </c>
       <c r="BC11" s="10">
         <v>183</v>
       </c>
       <c r="BD11" s="10">
         <v>184.7</v>
       </c>
       <c r="BE11" s="10">
         <v>187.2</v>
       </c>
       <c r="BF11" s="10">
         <v>188.1</v>
       </c>
       <c r="BG11" s="10">
         <v>188.7</v>
       </c>
       <c r="BH11" s="10">
         <v>189.3</v>
       </c>
       <c r="BI11" s="10">
         <v>191.3</v>
+      </c>
+      <c r="BJ11" s="10">
+        <v>195.7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="13" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C12" s="10">
         <v>99</v>
       </c>
       <c r="D12" s="10">
         <v>101.6</v>
       </c>
       <c r="E12" s="10">
         <v>97.4</v>
       </c>
       <c r="F12" s="10">
         <v>102.8</v>
       </c>
       <c r="G12" s="10">
         <v>103.3</v>
       </c>
       <c r="H12" s="10">
         <v>105.7</v>
       </c>
       <c r="I12" s="10">
         <v>105.1</v>
       </c>
       <c r="J12" s="10">
         <v>107.9</v>
       </c>
@@ -17387,58 +17586,61 @@
         <v>172.8</v>
       </c>
       <c r="BB12" s="10">
         <v>174.5</v>
       </c>
       <c r="BC12" s="10">
         <v>169.3</v>
       </c>
       <c r="BD12" s="10">
         <v>177.5</v>
       </c>
       <c r="BE12" s="10">
         <v>179.8</v>
       </c>
       <c r="BF12" s="10">
         <v>185.4</v>
       </c>
       <c r="BG12" s="10">
         <v>179.9</v>
       </c>
       <c r="BH12" s="10">
         <v>182.1</v>
       </c>
       <c r="BI12" s="10">
         <v>184.5</v>
+      </c>
+      <c r="BJ12" s="10">
+        <v>184.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C13" s="10">
         <v>98.2</v>
       </c>
       <c r="D13" s="10">
         <v>100.9</v>
       </c>
       <c r="E13" s="10">
         <v>100.6</v>
       </c>
       <c r="F13" s="10">
         <v>102</v>
       </c>
       <c r="G13" s="10">
         <v>102</v>
       </c>
       <c r="H13" s="10">
         <v>105</v>
       </c>
       <c r="I13" s="10">
         <v>106.1</v>
       </c>
       <c r="J13" s="10">
         <v>109.5</v>
       </c>
@@ -17572,58 +17774,61 @@
         <v>145.6</v>
       </c>
       <c r="BB13" s="10">
         <v>145.4</v>
       </c>
       <c r="BC13" s="10">
         <v>145.6</v>
       </c>
       <c r="BD13" s="10">
         <v>149.7</v>
       </c>
       <c r="BE13" s="10">
         <v>150.4</v>
       </c>
       <c r="BF13" s="10">
         <v>155.8</v>
       </c>
       <c r="BG13" s="10">
         <v>155.6</v>
       </c>
       <c r="BH13" s="10">
         <v>157.9</v>
       </c>
       <c r="BI13" s="10">
         <v>159.7</v>
+      </c>
+      <c r="BJ13" s="10">
+        <v>161.7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="13" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>5</v>
       </c>
@@ -17756,59 +17961,62 @@
       <c r="BA14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BB14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BC14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BD14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BE14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BF14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BG14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BH14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BI14" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="BJ14" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="13" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C15" s="10">
         <v>100.1</v>
       </c>
       <c r="D15" s="10">
         <v>101.1</v>
       </c>
       <c r="E15" s="10">
         <v>99.5</v>
       </c>
       <c r="F15" s="10">
         <v>100.5</v>
       </c>
       <c r="G15" s="10">
         <v>102.1</v>
       </c>
       <c r="H15" s="10">
         <v>101.2</v>
       </c>
       <c r="I15" s="10">
         <v>102.5</v>
       </c>
       <c r="J15" s="10">
         <v>106.2</v>
       </c>
@@ -17942,58 +18150,61 @@
         <v>153.4</v>
       </c>
       <c r="BB15" s="10">
         <v>155.8</v>
       </c>
       <c r="BC15" s="10">
         <v>153.8</v>
       </c>
       <c r="BD15" s="10">
         <v>155.2</v>
       </c>
       <c r="BE15" s="10">
         <v>157.3</v>
       </c>
       <c r="BF15" s="10">
         <v>159.3</v>
       </c>
       <c r="BG15" s="10">
         <v>159</v>
       </c>
       <c r="BH15" s="10">
         <v>159.3</v>
       </c>
       <c r="BI15" s="10">
         <v>159.4</v>
+      </c>
+      <c r="BJ15" s="10">
+        <v>161.2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C16" s="10">
         <v>101</v>
       </c>
       <c r="D16" s="10">
         <v>101.2</v>
       </c>
       <c r="E16" s="10">
         <v>99.6</v>
       </c>
       <c r="F16" s="10">
         <v>98.7</v>
       </c>
       <c r="G16" s="10">
         <v>100.7</v>
       </c>
       <c r="H16" s="10">
         <v>96.5</v>
       </c>
       <c r="I16" s="10">
         <v>100.3</v>
       </c>
       <c r="J16" s="10">
         <v>105.2</v>
       </c>
@@ -18127,58 +18338,61 @@
         <v>140.6</v>
       </c>
       <c r="BB16" s="10">
         <v>142.6</v>
       </c>
       <c r="BC16" s="10">
         <v>141.3</v>
       </c>
       <c r="BD16" s="10">
         <v>141</v>
       </c>
       <c r="BE16" s="10">
         <v>143.4</v>
       </c>
       <c r="BF16" s="10">
         <v>144.4</v>
       </c>
       <c r="BG16" s="10">
         <v>144.3</v>
       </c>
       <c r="BH16" s="10">
         <v>143</v>
       </c>
       <c r="BI16" s="10">
         <v>140.9</v>
+      </c>
+      <c r="BJ16" s="10">
+        <v>141.3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="13" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C17" s="10">
         <v>100.6</v>
       </c>
       <c r="D17" s="10">
         <v>101</v>
       </c>
       <c r="E17" s="10">
         <v>98.1</v>
       </c>
       <c r="F17" s="10">
         <v>102.8</v>
       </c>
       <c r="G17" s="10">
         <v>103.8</v>
       </c>
       <c r="H17" s="10">
         <v>104.9</v>
       </c>
       <c r="I17" s="10">
         <v>104.8</v>
       </c>
       <c r="J17" s="10">
         <v>105.3</v>
       </c>
@@ -18312,58 +18526,61 @@
         <v>161.7</v>
       </c>
       <c r="BB17" s="10">
         <v>165.9</v>
       </c>
       <c r="BC17" s="10">
         <v>164.6</v>
       </c>
       <c r="BD17" s="10">
         <v>166.5</v>
       </c>
       <c r="BE17" s="10">
         <v>170.1</v>
       </c>
       <c r="BF17" s="10">
         <v>171.8</v>
       </c>
       <c r="BG17" s="10">
         <v>171.5</v>
       </c>
       <c r="BH17" s="10">
         <v>173.7</v>
       </c>
       <c r="BI17" s="10">
         <v>173.9</v>
+      </c>
+      <c r="BJ17" s="10">
+        <v>174.6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="13" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C18" s="10">
         <v>98.1</v>
       </c>
       <c r="D18" s="10">
         <v>100.7</v>
       </c>
       <c r="E18" s="10">
         <v>100.1</v>
       </c>
       <c r="F18" s="10">
         <v>102.8</v>
       </c>
       <c r="G18" s="10">
         <v>104.7</v>
       </c>
       <c r="H18" s="10">
         <v>109.4</v>
       </c>
       <c r="I18" s="10">
         <v>108.6</v>
       </c>
       <c r="J18" s="10">
         <v>113</v>
       </c>
@@ -18497,58 +18714,61 @@
         <v>181.8</v>
       </c>
       <c r="BB18" s="10">
         <v>184.8</v>
       </c>
       <c r="BC18" s="10">
         <v>183</v>
       </c>
       <c r="BD18" s="10">
         <v>184.7</v>
       </c>
       <c r="BE18" s="10">
         <v>187.2</v>
       </c>
       <c r="BF18" s="10">
         <v>188.1</v>
       </c>
       <c r="BG18" s="10">
         <v>188.7</v>
       </c>
       <c r="BH18" s="10">
         <v>189.3</v>
       </c>
       <c r="BI18" s="10">
         <v>191.3</v>
+      </c>
+      <c r="BJ18" s="10">
+        <v>195.7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="13" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C19" s="10">
         <v>99</v>
       </c>
       <c r="D19" s="10">
         <v>101.6</v>
       </c>
       <c r="E19" s="10">
         <v>97.4</v>
       </c>
       <c r="F19" s="10">
         <v>102.8</v>
       </c>
       <c r="G19" s="10">
         <v>103.3</v>
       </c>
       <c r="H19" s="10">
         <v>105.7</v>
       </c>
       <c r="I19" s="10">
         <v>105.1</v>
       </c>
       <c r="J19" s="10">
         <v>107.9</v>
       </c>
@@ -18682,58 +18902,61 @@
         <v>172.8</v>
       </c>
       <c r="BB19" s="10">
         <v>174.5</v>
       </c>
       <c r="BC19" s="10">
         <v>169.3</v>
       </c>
       <c r="BD19" s="10">
         <v>177.5</v>
       </c>
       <c r="BE19" s="10">
         <v>179.8</v>
       </c>
       <c r="BF19" s="10">
         <v>185.4</v>
       </c>
       <c r="BG19" s="10">
         <v>179.9</v>
       </c>
       <c r="BH19" s="10">
         <v>182.1</v>
       </c>
       <c r="BI19" s="10">
         <v>184.5</v>
+      </c>
+      <c r="BJ19" s="10">
+        <v>184.6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C20" s="10">
         <v>98</v>
       </c>
       <c r="D20" s="10">
         <v>101.7</v>
       </c>
       <c r="E20" s="10">
         <v>100.9</v>
       </c>
       <c r="F20" s="10">
         <v>101.6</v>
       </c>
       <c r="G20" s="10">
         <v>99.4</v>
       </c>
       <c r="H20" s="10">
         <v>104.6</v>
       </c>
       <c r="I20" s="10">
         <v>105</v>
       </c>
       <c r="J20" s="10">
         <v>109.1</v>
       </c>
@@ -18867,58 +19090,61 @@
         <v>128.3</v>
       </c>
       <c r="BB20" s="10">
         <v>131.2</v>
       </c>
       <c r="BC20" s="10">
         <v>130.6</v>
       </c>
       <c r="BD20" s="10">
         <v>136.6</v>
       </c>
       <c r="BE20" s="10">
         <v>136.8</v>
       </c>
       <c r="BF20" s="10">
         <v>144.7</v>
       </c>
       <c r="BG20" s="10">
         <v>144.8</v>
       </c>
       <c r="BH20" s="10">
         <v>146.7</v>
       </c>
       <c r="BI20" s="10">
         <v>147.4</v>
+      </c>
+      <c r="BJ20" s="10">
+        <v>150.4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="13" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>5</v>
       </c>
@@ -19051,59 +19277,62 @@
       <c r="BA21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BB21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BC21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BD21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BE21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BF21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BG21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BH21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BI21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="BJ21" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="13" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C22" s="10">
         <v>99</v>
       </c>
       <c r="D22" s="10">
         <v>100.9</v>
       </c>
       <c r="E22" s="10">
         <v>101.1</v>
       </c>
       <c r="F22" s="10">
         <v>99.6</v>
       </c>
       <c r="G22" s="10">
         <v>102.5</v>
       </c>
       <c r="H22" s="10">
         <v>104</v>
       </c>
       <c r="I22" s="10">
         <v>104.6</v>
       </c>
       <c r="J22" s="10">
         <v>107.1</v>
       </c>
@@ -19237,58 +19466,61 @@
         <v>171.5</v>
       </c>
       <c r="BB22" s="10">
         <v>171.9</v>
       </c>
       <c r="BC22" s="10">
         <v>170.8</v>
       </c>
       <c r="BD22" s="10">
         <v>172.2</v>
       </c>
       <c r="BE22" s="10">
         <v>177.3</v>
       </c>
       <c r="BF22" s="10">
         <v>178.8</v>
       </c>
       <c r="BG22" s="10">
         <v>179.7</v>
       </c>
       <c r="BH22" s="10">
         <v>180.6</v>
       </c>
       <c r="BI22" s="10">
         <v>179.9</v>
+      </c>
+      <c r="BJ22" s="10">
+        <v>181.2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" s="10">
         <v>99.3</v>
       </c>
       <c r="D23" s="10">
         <v>101.1</v>
       </c>
       <c r="E23" s="10">
         <v>101.3</v>
       </c>
       <c r="F23" s="10">
         <v>98.5</v>
       </c>
       <c r="G23" s="10">
         <v>101.3</v>
       </c>
       <c r="H23" s="10">
         <v>103</v>
       </c>
       <c r="I23" s="10">
         <v>103.3</v>
       </c>
       <c r="J23" s="10">
         <v>106</v>
       </c>
@@ -19422,58 +19654,61 @@
         <v>167.8</v>
       </c>
       <c r="BB23" s="10">
         <v>168.5</v>
       </c>
       <c r="BC23" s="10">
         <v>166.9</v>
       </c>
       <c r="BD23" s="10">
         <v>168</v>
       </c>
       <c r="BE23" s="10">
         <v>173.4</v>
       </c>
       <c r="BF23" s="10">
         <v>174.8</v>
       </c>
       <c r="BG23" s="10">
         <v>176</v>
       </c>
       <c r="BH23" s="10">
         <v>176.3</v>
       </c>
       <c r="BI23" s="10">
         <v>174.6</v>
+      </c>
+      <c r="BJ23" s="10">
+        <v>175.3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="13" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C24" s="10">
         <v>97.8</v>
       </c>
       <c r="D24" s="10">
         <v>100.5</v>
       </c>
       <c r="E24" s="10">
         <v>100.2</v>
       </c>
       <c r="F24" s="10">
         <v>103.3</v>
       </c>
       <c r="G24" s="10">
         <v>105.2</v>
       </c>
       <c r="H24" s="10">
         <v>107.8</v>
       </c>
       <c r="I24" s="10">
         <v>111</v>
       </c>
       <c r="J24" s="10">
         <v>115</v>
       </c>
@@ -19607,58 +19842,61 @@
         <v>204.7</v>
       </c>
       <c r="BB24" s="10">
         <v>205</v>
       </c>
       <c r="BC24" s="10">
         <v>205.2</v>
       </c>
       <c r="BD24" s="10">
         <v>208.4</v>
       </c>
       <c r="BE24" s="10">
         <v>212.7</v>
       </c>
       <c r="BF24" s="10">
         <v>213.5</v>
       </c>
       <c r="BG24" s="10">
         <v>211.7</v>
       </c>
       <c r="BH24" s="10">
         <v>213.4</v>
       </c>
       <c r="BI24" s="10">
         <v>214.7</v>
+      </c>
+      <c r="BJ24" s="10">
+        <v>218.5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C25" s="10">
         <v>98.6</v>
       </c>
       <c r="D25" s="10">
         <v>99.9</v>
       </c>
       <c r="E25" s="10">
         <v>100.2</v>
       </c>
       <c r="F25" s="10">
         <v>102.2</v>
       </c>
       <c r="G25" s="10">
         <v>104.6</v>
       </c>
       <c r="H25" s="10">
         <v>104.6</v>
       </c>
       <c r="I25" s="10">
         <v>106</v>
       </c>
       <c r="J25" s="10">
         <v>108.8</v>
       </c>
@@ -19792,58 +20030,61 @@
         <v>167.9</v>
       </c>
       <c r="BB25" s="10">
         <v>164.5</v>
       </c>
       <c r="BC25" s="10">
         <v>166.9</v>
       </c>
       <c r="BD25" s="10">
         <v>168.8</v>
       </c>
       <c r="BE25" s="10">
         <v>170.9</v>
       </c>
       <c r="BF25" s="10">
         <v>174.1</v>
       </c>
       <c r="BG25" s="10">
         <v>174.2</v>
       </c>
       <c r="BH25" s="10">
         <v>176.7</v>
       </c>
       <c r="BI25" s="10">
         <v>179.9</v>
+      </c>
+      <c r="BJ25" s="10">
+        <v>179.7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="13" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J26" s="9" t="s">
         <v>5</v>
       </c>
@@ -19976,59 +20217,62 @@
       <c r="BA26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BB26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BC26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BD26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BE26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BF26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BG26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BH26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="BI26" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="BJ26" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="14" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C27" s="11">
         <v>96.2</v>
       </c>
       <c r="D27" s="11">
         <v>101.2</v>
       </c>
       <c r="E27" s="11">
         <v>99.9</v>
       </c>
       <c r="F27" s="11">
         <v>106.9</v>
       </c>
       <c r="G27" s="11">
         <v>104.6</v>
       </c>
       <c r="H27" s="11">
         <v>102.9</v>
       </c>
       <c r="I27" s="11">
         <v>101.3</v>
       </c>
       <c r="J27" s="11">
         <v>107.4</v>
       </c>
@@ -20162,50 +20406,53 @@
         <v>189.3</v>
       </c>
       <c r="BB27" s="11">
         <v>196.4</v>
       </c>
       <c r="BC27" s="11">
         <v>196.1</v>
       </c>
       <c r="BD27" s="11">
         <v>193.9</v>
       </c>
       <c r="BE27" s="11">
         <v>200.1</v>
       </c>
       <c r="BF27" s="11">
         <v>201.3</v>
       </c>
       <c r="BG27" s="11">
         <v>200.5</v>
       </c>
       <c r="BH27" s="11">
         <v>197.3</v>
       </c>
       <c r="BI27" s="11">
         <v>195</v>
+      </c>
+      <c r="BJ27" s="11">
+        <v>201.3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="9"/>
       <c r="M28" s="9"/>
       <c r="N28" s="9"/>
       <c r="O28" s="9"/>
       <c r="P28" s="9"/>
       <c r="Q28" s="9"/>
       <c r="R28" s="9"/>
       <c r="S28" s="9"/>
       <c r="T28" s="9"/>
       <c r="U28" s="9"/>
       <c r="V28" s="9"/>
@@ -20226,54 +20473,55 @@
       <c r="AK28" s="9"/>
       <c r="AL28" s="9"/>
       <c r="AM28" s="9"/>
       <c r="AN28" s="9"/>
       <c r="AO28" s="9"/>
       <c r="AP28" s="9"/>
       <c r="AQ28" s="9"/>
       <c r="AR28" s="9"/>
       <c r="AS28" s="9"/>
       <c r="AT28" s="9"/>
       <c r="AU28" s="9"/>
       <c r="AV28" s="9"/>
       <c r="AW28" s="9"/>
       <c r="AX28" s="9"/>
       <c r="AY28" s="9"/>
       <c r="AZ28" s="9"/>
       <c r="BA28" s="9"/>
       <c r="BB28" s="9"/>
       <c r="BC28" s="9"/>
       <c r="BD28" s="9"/>
       <c r="BE28" s="9"/>
       <c r="BF28" s="9"/>
       <c r="BG28" s="9"/>
       <c r="BH28" s="9"/>
       <c r="BI28" s="9"/>
+      <c r="BJ28" s="9"/>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
       <c r="N29" s="9"/>
       <c r="O29" s="9"/>
       <c r="P29" s="9"/>
       <c r="Q29" s="9"/>
       <c r="R29" s="9"/>
       <c r="S29" s="9"/>
       <c r="T29" s="9"/>
       <c r="U29" s="9"/>
       <c r="V29" s="9"/>
       <c r="W29" s="9"/>
       <c r="X29" s="9"/>
       <c r="Y29" s="9"/>
@@ -20291,50 +20539,51 @@
       <c r="AK29" s="9"/>
       <c r="AL29" s="9"/>
       <c r="AM29" s="9"/>
       <c r="AN29" s="9"/>
       <c r="AO29" s="9"/>
       <c r="AP29" s="9"/>
       <c r="AQ29" s="9"/>
       <c r="AR29" s="9"/>
       <c r="AS29" s="9"/>
       <c r="AT29" s="9"/>
       <c r="AU29" s="9"/>
       <c r="AV29" s="9"/>
       <c r="AW29" s="9"/>
       <c r="AX29" s="9"/>
       <c r="AY29" s="9"/>
       <c r="AZ29" s="9"/>
       <c r="BA29" s="9"/>
       <c r="BB29" s="9"/>
       <c r="BC29" s="9"/>
       <c r="BD29" s="9"/>
       <c r="BE29" s="9"/>
       <c r="BF29" s="9"/>
       <c r="BG29" s="9"/>
       <c r="BH29" s="9"/>
       <c r="BI29" s="9"/>
+      <c r="BJ29" s="9"/>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
       <c r="O30" s="9"/>
       <c r="P30" s="9"/>
       <c r="Q30" s="9"/>
       <c r="R30" s="9"/>
       <c r="S30" s="9"/>
       <c r="T30" s="9"/>
       <c r="U30" s="9"/>
@@ -20356,54 +20605,55 @@
       <c r="AK30" s="9"/>
       <c r="AL30" s="9"/>
       <c r="AM30" s="9"/>
       <c r="AN30" s="9"/>
       <c r="AO30" s="9"/>
       <c r="AP30" s="9"/>
       <c r="AQ30" s="9"/>
       <c r="AR30" s="9"/>
       <c r="AS30" s="9"/>
       <c r="AT30" s="9"/>
       <c r="AU30" s="9"/>
       <c r="AV30" s="9"/>
       <c r="AW30" s="9"/>
       <c r="AX30" s="9"/>
       <c r="AY30" s="9"/>
       <c r="AZ30" s="9"/>
       <c r="BA30" s="9"/>
       <c r="BB30" s="9"/>
       <c r="BC30" s="9"/>
       <c r="BD30" s="9"/>
       <c r="BE30" s="9"/>
       <c r="BF30" s="9"/>
       <c r="BG30" s="9"/>
       <c r="BH30" s="9"/>
       <c r="BI30" s="9"/>
+      <c r="BJ30" s="9"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="9"/>
       <c r="M31" s="9"/>
       <c r="N31" s="9"/>
       <c r="O31" s="9"/>
       <c r="P31" s="9"/>
       <c r="Q31" s="9"/>
       <c r="R31" s="9"/>
       <c r="S31" s="9"/>
       <c r="T31" s="9"/>
       <c r="U31" s="9"/>
       <c r="V31" s="9"/>
       <c r="W31" s="9"/>
       <c r="X31" s="9"/>
       <c r="Y31" s="9"/>
@@ -20421,54 +20671,55 @@
       <c r="AK31" s="9"/>
       <c r="AL31" s="9"/>
       <c r="AM31" s="9"/>
       <c r="AN31" s="9"/>
       <c r="AO31" s="9"/>
       <c r="AP31" s="9"/>
       <c r="AQ31" s="9"/>
       <c r="AR31" s="9"/>
       <c r="AS31" s="9"/>
       <c r="AT31" s="9"/>
       <c r="AU31" s="9"/>
       <c r="AV31" s="9"/>
       <c r="AW31" s="9"/>
       <c r="AX31" s="9"/>
       <c r="AY31" s="9"/>
       <c r="AZ31" s="9"/>
       <c r="BA31" s="9"/>
       <c r="BB31" s="9"/>
       <c r="BC31" s="9"/>
       <c r="BD31" s="9"/>
       <c r="BE31" s="9"/>
       <c r="BF31" s="9"/>
       <c r="BG31" s="9"/>
       <c r="BH31" s="9"/>
       <c r="BI31" s="9"/>
+      <c r="BJ31" s="9"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
       <c r="Y32" s="12"/>
@@ -20486,54 +20737,55 @@
       <c r="AK32" s="12"/>
       <c r="AL32" s="12"/>
       <c r="AM32" s="12"/>
       <c r="AN32" s="12"/>
       <c r="AO32" s="12"/>
       <c r="AP32" s="12"/>
       <c r="AQ32" s="12"/>
       <c r="AR32" s="12"/>
       <c r="AS32" s="12"/>
       <c r="AT32" s="12"/>
       <c r="AU32" s="12"/>
       <c r="AV32" s="12"/>
       <c r="AW32" s="12"/>
       <c r="AX32" s="12"/>
       <c r="AY32" s="12"/>
       <c r="AZ32" s="12"/>
       <c r="BA32" s="12"/>
       <c r="BB32" s="12"/>
       <c r="BC32" s="12"/>
       <c r="BD32" s="12"/>
       <c r="BE32" s="12"/>
       <c r="BF32" s="12"/>
       <c r="BG32" s="12"/>
       <c r="BH32" s="12"/>
       <c r="BI32" s="12"/>
+      <c r="BJ32" s="12"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="12"/>
       <c r="M33" s="12"/>
       <c r="N33" s="12"/>
       <c r="O33" s="12"/>
       <c r="P33" s="12"/>
       <c r="Q33" s="12"/>
       <c r="R33" s="12"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
       <c r="V33" s="12"/>
       <c r="W33" s="12"/>
       <c r="X33" s="12"/>
       <c r="Y33" s="12"/>
@@ -20551,54 +20803,55 @@
       <c r="AK33" s="12"/>
       <c r="AL33" s="12"/>
       <c r="AM33" s="12"/>
       <c r="AN33" s="12"/>
       <c r="AO33" s="12"/>
       <c r="AP33" s="12"/>
       <c r="AQ33" s="12"/>
       <c r="AR33" s="12"/>
       <c r="AS33" s="12"/>
       <c r="AT33" s="12"/>
       <c r="AU33" s="12"/>
       <c r="AV33" s="12"/>
       <c r="AW33" s="12"/>
       <c r="AX33" s="12"/>
       <c r="AY33" s="12"/>
       <c r="AZ33" s="12"/>
       <c r="BA33" s="12"/>
       <c r="BB33" s="12"/>
       <c r="BC33" s="12"/>
       <c r="BD33" s="12"/>
       <c r="BE33" s="12"/>
       <c r="BF33" s="12"/>
       <c r="BG33" s="12"/>
       <c r="BH33" s="12"/>
       <c r="BI33" s="12"/>
+      <c r="BJ33" s="12"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="12"/>
       <c r="M34" s="12"/>
       <c r="N34" s="12"/>
       <c r="O34" s="12"/>
       <c r="P34" s="12"/>
       <c r="Q34" s="12"/>
       <c r="R34" s="12"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
       <c r="V34" s="12"/>
       <c r="W34" s="12"/>
       <c r="X34" s="12"/>
       <c r="Y34" s="12"/>
@@ -20616,54 +20869,55 @@
       <c r="AK34" s="12"/>
       <c r="AL34" s="12"/>
       <c r="AM34" s="12"/>
       <c r="AN34" s="12"/>
       <c r="AO34" s="12"/>
       <c r="AP34" s="12"/>
       <c r="AQ34" s="12"/>
       <c r="AR34" s="12"/>
       <c r="AS34" s="12"/>
       <c r="AT34" s="12"/>
       <c r="AU34" s="12"/>
       <c r="AV34" s="12"/>
       <c r="AW34" s="12"/>
       <c r="AX34" s="12"/>
       <c r="AY34" s="12"/>
       <c r="AZ34" s="12"/>
       <c r="BA34" s="12"/>
       <c r="BB34" s="12"/>
       <c r="BC34" s="12"/>
       <c r="BD34" s="12"/>
       <c r="BE34" s="12"/>
       <c r="BF34" s="12"/>
       <c r="BG34" s="12"/>
       <c r="BH34" s="12"/>
       <c r="BI34" s="12"/>
+      <c r="BJ34" s="12"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
       <c r="R35" s="12"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
       <c r="V35" s="12"/>
       <c r="W35" s="12"/>
       <c r="X35" s="12"/>
       <c r="Y35" s="12"/>
@@ -20681,382 +20935,392 @@
       <c r="AK35" s="12"/>
       <c r="AL35" s="12"/>
       <c r="AM35" s="12"/>
       <c r="AN35" s="12"/>
       <c r="AO35" s="12"/>
       <c r="AP35" s="12"/>
       <c r="AQ35" s="12"/>
       <c r="AR35" s="12"/>
       <c r="AS35" s="12"/>
       <c r="AT35" s="12"/>
       <c r="AU35" s="12"/>
       <c r="AV35" s="12"/>
       <c r="AW35" s="12"/>
       <c r="AX35" s="12"/>
       <c r="AY35" s="12"/>
       <c r="AZ35" s="12"/>
       <c r="BA35" s="12"/>
       <c r="BB35" s="12"/>
       <c r="BC35" s="12"/>
       <c r="BD35" s="12"/>
       <c r="BE35" s="12"/>
       <c r="BF35" s="12"/>
       <c r="BG35" s="12"/>
       <c r="BH35" s="12"/>
       <c r="BI35" s="12"/>
+      <c r="BJ35" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A32:BI32"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:BI35"/>
+    <mergeCell ref="A32:BJ32"/>
+    <mergeCell ref="A33:BJ33"/>
+    <mergeCell ref="A34:BJ34"/>
+    <mergeCell ref="A35:BJ35"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AE35"/>
+  <dimension ref="A1:AF35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" state="frozen" activePane="bottomRight"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="36.4275012512207" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
     <col min="27" max="27" width="9.140625" customWidth="1"/>
     <col min="28" max="28" width="9.140625" customWidth="1"/>
     <col min="29" max="29" width="9.140625" customWidth="1"/>
     <col min="30" max="30" width="9.140625" customWidth="1"/>
     <col min="31" max="31" width="9.140625" customWidth="1"/>
+    <col min="32" max="32" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
       <c r="X1" s="4"/>
       <c r="Y1" s="4"/>
       <c r="Z1" s="4"/>
       <c r="AA1" s="4"/>
       <c r="AB1" s="4"/>
       <c r="AC1" s="4"/>
       <c r="AD1" s="4"/>
       <c r="AE1" s="4"/>
+      <c r="AF1" s="4"/>
     </row>
     <row r="2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
       <c r="AC2" s="4"/>
       <c r="AD2" s="4"/>
       <c r="AE2" s="4"/>
+      <c r="AF2" s="4"/>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
       <c r="V3" s="4"/>
       <c r="W3" s="4"/>
       <c r="X3" s="4"/>
       <c r="Y3" s="4"/>
       <c r="Z3" s="4"/>
       <c r="AA3" s="4"/>
       <c r="AB3" s="4"/>
       <c r="AC3" s="4"/>
       <c r="AD3" s="4"/>
       <c r="AE3" s="4"/>
+      <c r="AF3" s="4"/>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
       <c r="Q4" s="4"/>
       <c r="R4" s="4"/>
       <c r="S4" s="4"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="4"/>
       <c r="W4" s="4"/>
       <c r="X4" s="4"/>
       <c r="Y4" s="4"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
+      <c r="AF4" s="4"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
       <c r="AB5" s="4"/>
       <c r="AC5" s="4"/>
       <c r="AD5" s="4"/>
       <c r="AE5" s="4"/>
+      <c r="AF5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="Q6" s="5" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="R6" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="S6" s="5" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="T6" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="U6" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="V6" s="5" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="W6" s="5" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="X6" s="5" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="Y6" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="Z6" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="AA6" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="AB6" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="AC6" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="AD6" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="AE6" s="5" t="s">
-        <v>309</v>
+        <v>312</v>
+      </c>
+      <c r="AF6" s="5" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
@@ -21099,59 +21363,62 @@
       <c r="W7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="X7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Y7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Z7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AA7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AB7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AC7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AD7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AE7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C8" s="10">
         <v>100</v>
       </c>
       <c r="D8" s="10">
         <v>100.9</v>
       </c>
       <c r="E8" s="10">
         <v>102.6</v>
       </c>
       <c r="F8" s="10">
         <v>104.9</v>
       </c>
       <c r="G8" s="10">
         <v>109.3</v>
       </c>
       <c r="H8" s="10">
         <v>114.2</v>
       </c>
       <c r="I8" s="10">
         <v>119.8</v>
       </c>
       <c r="J8" s="10">
         <v>125.1</v>
       </c>
@@ -21194,59 +21461,62 @@
       <c r="W8" s="10">
         <v>156.6</v>
       </c>
       <c r="X8" s="10">
         <v>159.7</v>
       </c>
       <c r="Y8" s="10">
         <v>161.3</v>
       </c>
       <c r="Z8" s="10">
         <v>164.1</v>
       </c>
       <c r="AA8" s="10">
         <v>167.5</v>
       </c>
       <c r="AB8" s="10">
         <v>168.9</v>
       </c>
       <c r="AC8" s="10">
         <v>169.3</v>
       </c>
       <c r="AD8" s="10">
         <v>173.8</v>
       </c>
       <c r="AE8" s="10">
+        <v>174.7</v>
+      </c>
+      <c r="AF8" s="10">
         <v>174.7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C9" s="10">
         <v>100.1</v>
       </c>
       <c r="D9" s="10">
         <v>100.6</v>
       </c>
       <c r="E9" s="10">
         <v>101.1</v>
       </c>
       <c r="F9" s="10">
         <v>103.8</v>
       </c>
       <c r="G9" s="10">
         <v>107.5</v>
       </c>
       <c r="H9" s="10">
         <v>111.1</v>
       </c>
       <c r="I9" s="10">
         <v>116.2</v>
       </c>
       <c r="J9" s="10">
         <v>121.7</v>
       </c>
@@ -21290,58 +21560,61 @@
         <v>155.1</v>
       </c>
       <c r="X9" s="10">
         <v>157.6</v>
       </c>
       <c r="Y9" s="10">
         <v>158.8</v>
       </c>
       <c r="Z9" s="10">
         <v>161.2</v>
       </c>
       <c r="AA9" s="10">
         <v>164.6</v>
       </c>
       <c r="AB9" s="10">
         <v>165.7</v>
       </c>
       <c r="AC9" s="10">
         <v>165.6</v>
       </c>
       <c r="AD9" s="10">
         <v>170.3</v>
       </c>
       <c r="AE9" s="10">
         <v>170.5</v>
+      </c>
+      <c r="AF9" s="10">
+        <v>168.6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C10" s="10">
         <v>100.4</v>
       </c>
       <c r="D10" s="10">
         <v>100.9</v>
       </c>
       <c r="E10" s="10">
         <v>105</v>
       </c>
       <c r="F10" s="10">
         <v>107.2</v>
       </c>
       <c r="G10" s="10">
         <v>116.9</v>
       </c>
       <c r="H10" s="10">
         <v>121.5</v>
       </c>
       <c r="I10" s="10">
         <v>128.7</v>
       </c>
       <c r="J10" s="10">
         <v>136.4</v>
       </c>
@@ -21385,58 +21658,61 @@
         <v>165.9</v>
       </c>
       <c r="X10" s="10">
         <v>167.2</v>
       </c>
       <c r="Y10" s="10">
         <v>169.9</v>
       </c>
       <c r="Z10" s="10">
         <v>172.5</v>
       </c>
       <c r="AA10" s="10">
         <v>174.4</v>
       </c>
       <c r="AB10" s="10">
         <v>177.2</v>
       </c>
       <c r="AC10" s="10">
         <v>178.5</v>
       </c>
       <c r="AD10" s="10">
         <v>183.5</v>
       </c>
       <c r="AE10" s="10">
         <v>184.5</v>
+      </c>
+      <c r="AF10" s="10">
+        <v>186.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C11" s="10">
         <v>99.4</v>
       </c>
       <c r="D11" s="10">
         <v>101.5</v>
       </c>
       <c r="E11" s="10">
         <v>107.1</v>
       </c>
       <c r="F11" s="10">
         <v>110.8</v>
       </c>
       <c r="G11" s="10">
         <v>117</v>
       </c>
       <c r="H11" s="10">
         <v>125.2</v>
       </c>
       <c r="I11" s="10">
         <v>132</v>
       </c>
       <c r="J11" s="10">
         <v>132.5</v>
       </c>
@@ -21480,58 +21756,61 @@
         <v>167.4</v>
       </c>
       <c r="X11" s="10">
         <v>172.1</v>
       </c>
       <c r="Y11" s="10">
         <v>174.8</v>
       </c>
       <c r="Z11" s="10">
         <v>179.2</v>
       </c>
       <c r="AA11" s="10">
         <v>179.6</v>
       </c>
       <c r="AB11" s="10">
         <v>183.3</v>
       </c>
       <c r="AC11" s="10">
         <v>183.9</v>
       </c>
       <c r="AD11" s="10">
         <v>187.7</v>
       </c>
       <c r="AE11" s="10">
         <v>189</v>
+      </c>
+      <c r="AF11" s="10">
+        <v>193.5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="13" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C12" s="10">
         <v>100.3</v>
       </c>
       <c r="D12" s="10">
         <v>100.1</v>
       </c>
       <c r="E12" s="10">
         <v>104.5</v>
       </c>
       <c r="F12" s="10">
         <v>106.5</v>
       </c>
       <c r="G12" s="10">
         <v>115.6</v>
       </c>
       <c r="H12" s="10">
         <v>117.1</v>
       </c>
       <c r="I12" s="10">
         <v>127.5</v>
       </c>
       <c r="J12" s="10">
         <v>133.6</v>
       </c>
@@ -21575,58 +21854,61 @@
         <v>158.8</v>
       </c>
       <c r="X12" s="10">
         <v>164.1</v>
       </c>
       <c r="Y12" s="10">
         <v>167.1</v>
       </c>
       <c r="Z12" s="10">
         <v>172.6</v>
       </c>
       <c r="AA12" s="10">
         <v>174.4</v>
       </c>
       <c r="AB12" s="10">
         <v>173.7</v>
       </c>
       <c r="AC12" s="10">
         <v>173.4</v>
       </c>
       <c r="AD12" s="10">
         <v>182.6</v>
       </c>
       <c r="AE12" s="10">
         <v>181</v>
+      </c>
+      <c r="AF12" s="10">
+        <v>184.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C13" s="10">
         <v>99.6</v>
       </c>
       <c r="D13" s="10">
         <v>101.3</v>
       </c>
       <c r="E13" s="10">
         <v>103.5</v>
       </c>
       <c r="F13" s="10">
         <v>107.8</v>
       </c>
       <c r="G13" s="10">
         <v>112.8</v>
       </c>
       <c r="H13" s="10">
         <v>118.3</v>
       </c>
       <c r="I13" s="10">
         <v>120.6</v>
       </c>
       <c r="J13" s="10">
         <v>119</v>
       </c>
@@ -21670,58 +21952,61 @@
         <v>136.9</v>
       </c>
       <c r="X13" s="10">
         <v>140</v>
       </c>
       <c r="Y13" s="10">
         <v>141.7</v>
       </c>
       <c r="Z13" s="10">
         <v>144.1</v>
       </c>
       <c r="AA13" s="10">
         <v>146.9</v>
       </c>
       <c r="AB13" s="10">
         <v>145.5</v>
       </c>
       <c r="AC13" s="10">
         <v>147.7</v>
       </c>
       <c r="AD13" s="10">
         <v>153.1</v>
       </c>
       <c r="AE13" s="10">
         <v>156.8</v>
+      </c>
+      <c r="AF13" s="10">
+        <v>160.7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="13" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>5</v>
       </c>
@@ -21764,59 +22049,62 @@
       <c r="W14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="X14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Y14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Z14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AA14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AB14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AC14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AD14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AE14" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF14" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="13" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C15" s="10">
         <v>100.6</v>
       </c>
       <c r="D15" s="10">
         <v>100</v>
       </c>
       <c r="E15" s="10">
         <v>101.7</v>
       </c>
       <c r="F15" s="10">
         <v>104.4</v>
       </c>
       <c r="G15" s="10">
         <v>109</v>
       </c>
       <c r="H15" s="10">
         <v>113.5</v>
       </c>
       <c r="I15" s="10">
         <v>118.1</v>
       </c>
       <c r="J15" s="10">
         <v>121.9</v>
       </c>
@@ -21860,58 +22148,61 @@
         <v>141.8</v>
       </c>
       <c r="X15" s="10">
         <v>145.3</v>
       </c>
       <c r="Y15" s="10">
         <v>147.9</v>
       </c>
       <c r="Z15" s="10">
         <v>151.3</v>
       </c>
       <c r="AA15" s="10">
         <v>153.7</v>
       </c>
       <c r="AB15" s="10">
         <v>154.6</v>
       </c>
       <c r="AC15" s="10">
         <v>154.5</v>
       </c>
       <c r="AD15" s="10">
         <v>158.3</v>
       </c>
       <c r="AE15" s="10">
         <v>159.2</v>
+      </c>
+      <c r="AF15" s="10">
+        <v>160.3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C16" s="10">
         <v>101.1</v>
       </c>
       <c r="D16" s="10">
         <v>99.2</v>
       </c>
       <c r="E16" s="10">
         <v>98.6</v>
       </c>
       <c r="F16" s="10">
         <v>102.8</v>
       </c>
       <c r="G16" s="10">
         <v>105.9</v>
       </c>
       <c r="H16" s="10">
         <v>108.3</v>
       </c>
       <c r="I16" s="10">
         <v>110.5</v>
       </c>
       <c r="J16" s="10">
         <v>113.9</v>
       </c>
@@ -21955,58 +22246,61 @@
         <v>132</v>
       </c>
       <c r="X16" s="10">
         <v>134.1</v>
       </c>
       <c r="Y16" s="10">
         <v>136.5</v>
       </c>
       <c r="Z16" s="10">
         <v>139.6</v>
       </c>
       <c r="AA16" s="10">
         <v>141.9</v>
       </c>
       <c r="AB16" s="10">
         <v>141.6</v>
       </c>
       <c r="AC16" s="10">
         <v>141.2</v>
       </c>
       <c r="AD16" s="10">
         <v>143.9</v>
       </c>
       <c r="AE16" s="10">
         <v>143.7</v>
+      </c>
+      <c r="AF16" s="10">
+        <v>141.1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="13" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C17" s="10">
         <v>100.8</v>
       </c>
       <c r="D17" s="10">
         <v>100.5</v>
       </c>
       <c r="E17" s="10">
         <v>104.4</v>
       </c>
       <c r="F17" s="10">
         <v>105.1</v>
       </c>
       <c r="G17" s="10">
         <v>115.7</v>
       </c>
       <c r="H17" s="10">
         <v>120.1</v>
       </c>
       <c r="I17" s="10">
         <v>125.6</v>
       </c>
       <c r="J17" s="10">
         <v>131.6</v>
       </c>
@@ -22050,58 +22344,61 @@
         <v>152.1</v>
       </c>
       <c r="X17" s="10">
         <v>153.4</v>
       </c>
       <c r="Y17" s="10">
         <v>156.7</v>
       </c>
       <c r="Z17" s="10">
         <v>159.2</v>
       </c>
       <c r="AA17" s="10">
         <v>160.4</v>
       </c>
       <c r="AB17" s="10">
         <v>163.8</v>
       </c>
       <c r="AC17" s="10">
         <v>165.6</v>
       </c>
       <c r="AD17" s="10">
         <v>171</v>
       </c>
       <c r="AE17" s="10">
         <v>172.6</v>
+      </c>
+      <c r="AF17" s="10">
+        <v>174.3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="13" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C18" s="10">
         <v>99.4</v>
       </c>
       <c r="D18" s="10">
         <v>101.5</v>
       </c>
       <c r="E18" s="10">
         <v>107.1</v>
       </c>
       <c r="F18" s="10">
         <v>110.8</v>
       </c>
       <c r="G18" s="10">
         <v>117</v>
       </c>
       <c r="H18" s="10">
         <v>125.2</v>
       </c>
       <c r="I18" s="10">
         <v>132</v>
       </c>
       <c r="J18" s="10">
         <v>132.5</v>
       </c>
@@ -22145,58 +22442,61 @@
         <v>167.4</v>
       </c>
       <c r="X18" s="10">
         <v>172.1</v>
       </c>
       <c r="Y18" s="10">
         <v>174.8</v>
       </c>
       <c r="Z18" s="10">
         <v>179.2</v>
       </c>
       <c r="AA18" s="10">
         <v>179.6</v>
       </c>
       <c r="AB18" s="10">
         <v>183.3</v>
       </c>
       <c r="AC18" s="10">
         <v>183.9</v>
       </c>
       <c r="AD18" s="10">
         <v>187.7</v>
       </c>
       <c r="AE18" s="10">
         <v>189</v>
+      </c>
+      <c r="AF18" s="10">
+        <v>193.5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="13" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C19" s="10">
         <v>100.3</v>
       </c>
       <c r="D19" s="10">
         <v>100.1</v>
       </c>
       <c r="E19" s="10">
         <v>104.5</v>
       </c>
       <c r="F19" s="10">
         <v>106.5</v>
       </c>
       <c r="G19" s="10">
         <v>115.6</v>
       </c>
       <c r="H19" s="10">
         <v>117.1</v>
       </c>
       <c r="I19" s="10">
         <v>127.5</v>
       </c>
       <c r="J19" s="10">
         <v>133.6</v>
       </c>
@@ -22240,58 +22540,61 @@
         <v>158.8</v>
       </c>
       <c r="X19" s="10">
         <v>164.1</v>
       </c>
       <c r="Y19" s="10">
         <v>167.1</v>
       </c>
       <c r="Z19" s="10">
         <v>172.6</v>
       </c>
       <c r="AA19" s="10">
         <v>174.4</v>
       </c>
       <c r="AB19" s="10">
         <v>173.7</v>
       </c>
       <c r="AC19" s="10">
         <v>173.4</v>
       </c>
       <c r="AD19" s="10">
         <v>182.6</v>
       </c>
       <c r="AE19" s="10">
         <v>181</v>
+      </c>
+      <c r="AF19" s="10">
+        <v>184.6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C20" s="10">
         <v>99.9</v>
       </c>
       <c r="D20" s="10">
         <v>101.3</v>
       </c>
       <c r="E20" s="10">
         <v>102</v>
       </c>
       <c r="F20" s="10">
         <v>107.1</v>
       </c>
       <c r="G20" s="10">
         <v>112.1</v>
       </c>
       <c r="H20" s="10">
         <v>116.2</v>
       </c>
       <c r="I20" s="10">
         <v>118.2</v>
       </c>
       <c r="J20" s="10">
         <v>113.7</v>
       </c>
@@ -22335,58 +22638,61 @@
         <v>124.8</v>
       </c>
       <c r="X20" s="10">
         <v>127.4</v>
       </c>
       <c r="Y20" s="10">
         <v>129.3</v>
       </c>
       <c r="Z20" s="10">
         <v>129.4</v>
       </c>
       <c r="AA20" s="10">
         <v>130.6</v>
       </c>
       <c r="AB20" s="10">
         <v>129.8</v>
       </c>
       <c r="AC20" s="10">
         <v>133.6</v>
       </c>
       <c r="AD20" s="10">
         <v>140.8</v>
       </c>
       <c r="AE20" s="10">
         <v>145.8</v>
+      </c>
+      <c r="AF20" s="10">
+        <v>148.9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="13" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>5</v>
       </c>
@@ -22429,59 +22735,62 @@
       <c r="W21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="X21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Y21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Z21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AA21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AB21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AC21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AD21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AE21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF21" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="13" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C22" s="10">
         <v>100</v>
       </c>
       <c r="D22" s="10">
         <v>100.4</v>
       </c>
       <c r="E22" s="10">
         <v>103.3</v>
       </c>
       <c r="F22" s="10">
         <v>105.9</v>
       </c>
       <c r="G22" s="10">
         <v>109.8</v>
       </c>
       <c r="H22" s="10">
         <v>117.7</v>
       </c>
       <c r="I22" s="10">
         <v>122.8</v>
       </c>
       <c r="J22" s="10">
         <v>127</v>
       </c>
@@ -22525,58 +22834,61 @@
         <v>159.7</v>
       </c>
       <c r="X22" s="10">
         <v>162.2</v>
       </c>
       <c r="Y22" s="10">
         <v>165</v>
       </c>
       <c r="Z22" s="10">
         <v>168</v>
       </c>
       <c r="AA22" s="10">
         <v>170.9</v>
       </c>
       <c r="AB22" s="10">
         <v>171.7</v>
       </c>
       <c r="AC22" s="10">
         <v>171.5</v>
       </c>
       <c r="AD22" s="10">
         <v>178.1</v>
       </c>
       <c r="AE22" s="10">
         <v>180.2</v>
+      </c>
+      <c r="AF22" s="10">
+        <v>180.6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" s="10">
         <v>100.2</v>
       </c>
       <c r="D23" s="10">
         <v>99.9</v>
       </c>
       <c r="E23" s="10">
         <v>102.2</v>
       </c>
       <c r="F23" s="10">
         <v>104.7</v>
       </c>
       <c r="G23" s="10">
         <v>107.6</v>
       </c>
       <c r="H23" s="10">
         <v>114.4</v>
       </c>
       <c r="I23" s="10">
         <v>119.4</v>
       </c>
       <c r="J23" s="10">
         <v>123.5</v>
       </c>
@@ -22620,58 +22932,61 @@
         <v>156.8</v>
       </c>
       <c r="X23" s="10">
         <v>159.2</v>
       </c>
       <c r="Y23" s="10">
         <v>162.2</v>
       </c>
       <c r="Z23" s="10">
         <v>165.2</v>
       </c>
       <c r="AA23" s="10">
         <v>167.5</v>
       </c>
       <c r="AB23" s="10">
         <v>168.2</v>
       </c>
       <c r="AC23" s="10">
         <v>167.5</v>
       </c>
       <c r="AD23" s="10">
         <v>174.1</v>
       </c>
       <c r="AE23" s="10">
         <v>176.2</v>
+      </c>
+      <c r="AF23" s="10">
+        <v>175</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="13" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C24" s="10">
         <v>99.2</v>
       </c>
       <c r="D24" s="10">
         <v>101.8</v>
       </c>
       <c r="E24" s="10">
         <v>106.5</v>
       </c>
       <c r="F24" s="10">
         <v>113</v>
       </c>
       <c r="G24" s="10">
         <v>120.5</v>
       </c>
       <c r="H24" s="10">
         <v>125.2</v>
       </c>
       <c r="I24" s="10">
         <v>136.9</v>
       </c>
       <c r="J24" s="10">
         <v>147.8</v>
       </c>
@@ -22715,58 +23030,61 @@
         <v>189.5</v>
       </c>
       <c r="X24" s="10">
         <v>190.8</v>
       </c>
       <c r="Y24" s="10">
         <v>193.8</v>
       </c>
       <c r="Z24" s="10">
         <v>198.4</v>
       </c>
       <c r="AA24" s="10">
         <v>203.1</v>
       </c>
       <c r="AB24" s="10">
         <v>204.9</v>
       </c>
       <c r="AC24" s="10">
         <v>206.8</v>
       </c>
       <c r="AD24" s="10">
         <v>213.1</v>
       </c>
       <c r="AE24" s="10">
         <v>212.6</v>
+      </c>
+      <c r="AF24" s="10">
+        <v>216.6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C25" s="10">
         <v>99.3</v>
       </c>
       <c r="D25" s="10">
         <v>101.2</v>
       </c>
       <c r="E25" s="10">
         <v>104.6</v>
       </c>
       <c r="F25" s="10">
         <v>107.4</v>
       </c>
       <c r="G25" s="10">
         <v>113</v>
       </c>
       <c r="H25" s="10">
         <v>119.6</v>
       </c>
       <c r="I25" s="10">
         <v>121.7</v>
       </c>
       <c r="J25" s="10">
         <v>123.3</v>
       </c>
@@ -22810,58 +23128,61 @@
         <v>152.4</v>
       </c>
       <c r="X25" s="10">
         <v>157.6</v>
       </c>
       <c r="Y25" s="10">
         <v>159.3</v>
       </c>
       <c r="Z25" s="10">
         <v>162</v>
       </c>
       <c r="AA25" s="10">
         <v>166.3</v>
       </c>
       <c r="AB25" s="10">
         <v>166.2</v>
       </c>
       <c r="AC25" s="10">
         <v>167.9</v>
       </c>
       <c r="AD25" s="10">
         <v>172.5</v>
       </c>
       <c r="AE25" s="10">
         <v>175.5</v>
+      </c>
+      <c r="AF25" s="10">
+        <v>179.8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="13" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J26" s="9" t="s">
         <v>5</v>
       </c>
@@ -22904,59 +23225,62 @@
       <c r="W26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="X26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Y26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="Z26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AA26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AB26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AC26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AD26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="AE26" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="AF26" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="14" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C27" s="11">
         <v>98.7</v>
       </c>
       <c r="D27" s="11">
         <v>103.4</v>
       </c>
       <c r="E27" s="11">
         <v>103.8</v>
       </c>
       <c r="F27" s="11">
         <v>104.4</v>
       </c>
       <c r="G27" s="11">
         <v>109.7</v>
       </c>
       <c r="H27" s="11">
         <v>112.7</v>
       </c>
       <c r="I27" s="11">
         <v>120.7</v>
       </c>
       <c r="J27" s="11">
         <v>129.4</v>
       </c>
@@ -23000,1712 +23324,1803 @@
         <v>178</v>
       </c>
       <c r="X27" s="11">
         <v>182.8</v>
       </c>
       <c r="Y27" s="11">
         <v>183.3</v>
       </c>
       <c r="Z27" s="11">
         <v>184.8</v>
       </c>
       <c r="AA27" s="11">
         <v>189.8</v>
       </c>
       <c r="AB27" s="11">
         <v>192.9</v>
       </c>
       <c r="AC27" s="11">
         <v>195</v>
       </c>
       <c r="AD27" s="11">
         <v>200.7</v>
       </c>
       <c r="AE27" s="11">
         <v>198.9</v>
+      </c>
+      <c r="AF27" s="11">
+        <v>198.2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="9"/>
       <c r="M28" s="9"/>
       <c r="N28" s="9"/>
       <c r="O28" s="9"/>
       <c r="P28" s="9"/>
       <c r="Q28" s="9"/>
       <c r="R28" s="9"/>
       <c r="S28" s="9"/>
       <c r="T28" s="9"/>
       <c r="U28" s="9"/>
       <c r="V28" s="9"/>
       <c r="W28" s="9"/>
       <c r="X28" s="9"/>
       <c r="Y28" s="9"/>
       <c r="Z28" s="9"/>
       <c r="AA28" s="9"/>
       <c r="AB28" s="9"/>
       <c r="AC28" s="9"/>
       <c r="AD28" s="9"/>
       <c r="AE28" s="9"/>
+      <c r="AF28" s="9"/>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
       <c r="N29" s="9"/>
       <c r="O29" s="9"/>
       <c r="P29" s="9"/>
       <c r="Q29" s="9"/>
       <c r="R29" s="9"/>
       <c r="S29" s="9"/>
       <c r="T29" s="9"/>
       <c r="U29" s="9"/>
       <c r="V29" s="9"/>
       <c r="W29" s="9"/>
       <c r="X29" s="9"/>
       <c r="Y29" s="9"/>
       <c r="Z29" s="9"/>
       <c r="AA29" s="9"/>
       <c r="AB29" s="9"/>
       <c r="AC29" s="9"/>
       <c r="AD29" s="9"/>
       <c r="AE29" s="9"/>
+      <c r="AF29" s="9"/>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
       <c r="O30" s="9"/>
       <c r="P30" s="9"/>
       <c r="Q30" s="9"/>
       <c r="R30" s="9"/>
       <c r="S30" s="9"/>
       <c r="T30" s="9"/>
       <c r="U30" s="9"/>
       <c r="V30" s="9"/>
       <c r="W30" s="9"/>
       <c r="X30" s="9"/>
       <c r="Y30" s="9"/>
       <c r="Z30" s="9"/>
       <c r="AA30" s="9"/>
       <c r="AB30" s="9"/>
       <c r="AC30" s="9"/>
       <c r="AD30" s="9"/>
       <c r="AE30" s="9"/>
+      <c r="AF30" s="9"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="9"/>
       <c r="M31" s="9"/>
       <c r="N31" s="9"/>
       <c r="O31" s="9"/>
       <c r="P31" s="9"/>
       <c r="Q31" s="9"/>
       <c r="R31" s="9"/>
       <c r="S31" s="9"/>
       <c r="T31" s="9"/>
       <c r="U31" s="9"/>
       <c r="V31" s="9"/>
       <c r="W31" s="9"/>
       <c r="X31" s="9"/>
       <c r="Y31" s="9"/>
       <c r="Z31" s="9"/>
       <c r="AA31" s="9"/>
       <c r="AB31" s="9"/>
       <c r="AC31" s="9"/>
       <c r="AD31" s="9"/>
       <c r="AE31" s="9"/>
+      <c r="AF31" s="9"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
       <c r="Y32" s="12"/>
       <c r="Z32" s="12"/>
       <c r="AA32" s="12"/>
       <c r="AB32" s="12"/>
       <c r="AC32" s="12"/>
       <c r="AD32" s="12"/>
       <c r="AE32" s="12"/>
+      <c r="AF32" s="12"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="12"/>
       <c r="M33" s="12"/>
       <c r="N33" s="12"/>
       <c r="O33" s="12"/>
       <c r="P33" s="12"/>
       <c r="Q33" s="12"/>
       <c r="R33" s="12"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
       <c r="V33" s="12"/>
       <c r="W33" s="12"/>
       <c r="X33" s="12"/>
       <c r="Y33" s="12"/>
       <c r="Z33" s="12"/>
       <c r="AA33" s="12"/>
       <c r="AB33" s="12"/>
       <c r="AC33" s="12"/>
       <c r="AD33" s="12"/>
       <c r="AE33" s="12"/>
+      <c r="AF33" s="12"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="12"/>
       <c r="M34" s="12"/>
       <c r="N34" s="12"/>
       <c r="O34" s="12"/>
       <c r="P34" s="12"/>
       <c r="Q34" s="12"/>
       <c r="R34" s="12"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
       <c r="V34" s="12"/>
       <c r="W34" s="12"/>
       <c r="X34" s="12"/>
       <c r="Y34" s="12"/>
       <c r="Z34" s="12"/>
       <c r="AA34" s="12"/>
       <c r="AB34" s="12"/>
       <c r="AC34" s="12"/>
       <c r="AD34" s="12"/>
       <c r="AE34" s="12"/>
+      <c r="AF34" s="12"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
       <c r="R35" s="12"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
       <c r="V35" s="12"/>
       <c r="W35" s="12"/>
       <c r="X35" s="12"/>
       <c r="Y35" s="12"/>
       <c r="Z35" s="12"/>
       <c r="AA35" s="12"/>
       <c r="AB35" s="12"/>
       <c r="AC35" s="12"/>
       <c r="AD35" s="12"/>
       <c r="AE35" s="12"/>
+      <c r="AF35" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A32:AE32"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:AE35"/>
+    <mergeCell ref="A32:AF32"/>
+    <mergeCell ref="A33:AF33"/>
+    <mergeCell ref="A34:AF34"/>
+    <mergeCell ref="A35:AF35"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:Q35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" state="frozen" activePane="bottomRight"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="36.4275012512207" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
+    <col min="17" max="17" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
+      <c r="Q1" s="4"/>
     </row>
     <row r="2">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
+      <c r="Q2" s="4"/>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
       <c r="P4" s="4"/>
+      <c r="Q4" s="4"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
+      <c r="Q5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="G6" s="5" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P6" s="5" t="s">
-        <v>323</v>
+        <v>327</v>
+      </c>
+      <c r="Q6" s="5" t="s">
+        <v>328</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C8" s="10">
         <v>100.5</v>
       </c>
       <c r="D8" s="10">
         <v>103.8</v>
       </c>
       <c r="E8" s="10">
         <v>111.8</v>
       </c>
       <c r="F8" s="10">
         <v>122.5</v>
       </c>
       <c r="G8" s="10">
         <v>131.1</v>
       </c>
       <c r="H8" s="10">
         <v>137.2</v>
       </c>
       <c r="I8" s="10">
         <v>141.2</v>
       </c>
       <c r="J8" s="10">
         <v>148.3</v>
       </c>
       <c r="K8" s="10">
         <v>149.5</v>
       </c>
       <c r="L8" s="10">
         <v>154.8</v>
       </c>
       <c r="M8" s="10">
         <v>158.2</v>
       </c>
       <c r="N8" s="10">
         <v>162.7</v>
       </c>
       <c r="O8" s="10">
         <v>168.2</v>
       </c>
       <c r="P8" s="10">
         <v>171.6</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>174.7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C9" s="10">
         <v>100.4</v>
       </c>
       <c r="D9" s="10">
         <v>102.5</v>
       </c>
       <c r="E9" s="10">
         <v>109.3</v>
       </c>
       <c r="F9" s="10">
         <v>119</v>
       </c>
       <c r="G9" s="10">
         <v>127</v>
       </c>
       <c r="H9" s="10">
         <v>134.9</v>
       </c>
       <c r="I9" s="10">
         <v>137.9</v>
       </c>
       <c r="J9" s="10">
         <v>144.5</v>
       </c>
       <c r="K9" s="10">
         <v>147.3</v>
       </c>
       <c r="L9" s="10">
         <v>152.7</v>
       </c>
       <c r="M9" s="10">
         <v>156.4</v>
       </c>
       <c r="N9" s="10">
         <v>160</v>
       </c>
       <c r="O9" s="10">
         <v>165.2</v>
       </c>
       <c r="P9" s="10">
         <v>168</v>
+      </c>
+      <c r="Q9" s="10">
+        <v>169.6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="13" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C10" s="10">
         <v>100.7</v>
       </c>
       <c r="D10" s="10">
         <v>106.1</v>
       </c>
       <c r="E10" s="10">
         <v>119.2</v>
       </c>
       <c r="F10" s="10">
         <v>132.6</v>
       </c>
       <c r="G10" s="10">
         <v>145.5</v>
       </c>
       <c r="H10" s="10">
         <v>147.9</v>
       </c>
       <c r="I10" s="10">
         <v>153</v>
       </c>
       <c r="J10" s="10">
         <v>158.5</v>
       </c>
       <c r="K10" s="10">
         <v>159.3</v>
       </c>
       <c r="L10" s="10">
         <v>163.3</v>
       </c>
       <c r="M10" s="10">
         <v>166.6</v>
       </c>
       <c r="N10" s="10">
         <v>171.2</v>
       </c>
       <c r="O10" s="10">
         <v>175.8</v>
       </c>
       <c r="P10" s="10">
         <v>181</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>185.7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="13" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C11" s="10">
         <v>100.5</v>
       </c>
       <c r="D11" s="10">
         <v>109</v>
       </c>
       <c r="E11" s="10">
         <v>121.1</v>
       </c>
       <c r="F11" s="10">
         <v>132.3</v>
       </c>
       <c r="G11" s="10">
         <v>139.1</v>
       </c>
       <c r="H11" s="10">
         <v>146.7</v>
       </c>
       <c r="I11" s="10">
         <v>152.4</v>
       </c>
       <c r="J11" s="10">
         <v>162.3</v>
       </c>
       <c r="K11" s="10">
         <v>157.7</v>
       </c>
       <c r="L11" s="10">
         <v>167</v>
       </c>
       <c r="M11" s="10">
         <v>169.8</v>
       </c>
       <c r="N11" s="10">
         <v>177</v>
       </c>
       <c r="O11" s="10">
         <v>181.5</v>
       </c>
       <c r="P11" s="10">
         <v>185.8</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>191.3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="13" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C12" s="10">
         <v>100.2</v>
       </c>
       <c r="D12" s="10">
         <v>105.5</v>
       </c>
       <c r="E12" s="10">
         <v>116.4</v>
       </c>
       <c r="F12" s="10">
         <v>130.6</v>
       </c>
       <c r="G12" s="10">
         <v>136.6</v>
       </c>
       <c r="H12" s="10">
         <v>138.5</v>
       </c>
       <c r="I12" s="10">
         <v>142</v>
       </c>
       <c r="J12" s="10">
         <v>150.2</v>
       </c>
       <c r="K12" s="10">
         <v>150.9</v>
       </c>
       <c r="L12" s="10">
         <v>158.1</v>
       </c>
       <c r="M12" s="10">
         <v>161.5</v>
       </c>
       <c r="N12" s="10">
         <v>169.9</v>
       </c>
       <c r="O12" s="10">
         <v>174.1</v>
       </c>
       <c r="P12" s="10">
         <v>178</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>182.8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C13" s="10">
         <v>100.5</v>
       </c>
       <c r="D13" s="10">
         <v>105.7</v>
       </c>
       <c r="E13" s="10">
         <v>115.6</v>
       </c>
       <c r="F13" s="10">
         <v>119.8</v>
       </c>
       <c r="G13" s="10">
         <v>123.6</v>
       </c>
       <c r="H13" s="10">
         <v>128.7</v>
       </c>
       <c r="I13" s="10">
         <v>134.8</v>
       </c>
       <c r="J13" s="10">
         <v>139.9</v>
       </c>
       <c r="K13" s="10">
         <v>139.1</v>
       </c>
       <c r="L13" s="10">
         <v>140.6</v>
       </c>
       <c r="M13" s="10">
         <v>138.5</v>
       </c>
       <c r="N13" s="10">
         <v>142.9</v>
       </c>
       <c r="O13" s="10">
         <v>146.2</v>
       </c>
       <c r="P13" s="10">
         <v>150.4</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>158.8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="13" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="L14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P14" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q14" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="13" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C15" s="10">
         <v>100.3</v>
       </c>
       <c r="D15" s="10">
         <v>103.1</v>
       </c>
       <c r="E15" s="10">
         <v>111.3</v>
       </c>
       <c r="F15" s="10">
         <v>120</v>
       </c>
       <c r="G15" s="10">
         <v>125.4</v>
       </c>
       <c r="H15" s="10">
         <v>127</v>
       </c>
       <c r="I15" s="10">
         <v>129.1</v>
       </c>
       <c r="J15" s="10">
         <v>135.7</v>
       </c>
       <c r="K15" s="10">
         <v>136.9</v>
       </c>
       <c r="L15" s="10">
         <v>142.6</v>
       </c>
       <c r="M15" s="10">
         <v>143.6</v>
       </c>
       <c r="N15" s="10">
         <v>149.6</v>
       </c>
       <c r="O15" s="10">
         <v>154.2</v>
       </c>
       <c r="P15" s="10">
         <v>156.4</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>159.8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C16" s="10">
         <v>100.2</v>
       </c>
       <c r="D16" s="10">
         <v>100.7</v>
       </c>
       <c r="E16" s="10">
         <v>107.1</v>
       </c>
       <c r="F16" s="10">
         <v>112.2</v>
       </c>
       <c r="G16" s="10">
         <v>115.5</v>
       </c>
       <c r="H16" s="10">
         <v>117.6</v>
       </c>
       <c r="I16" s="10">
         <v>118.3</v>
       </c>
       <c r="J16" s="10">
         <v>124.4</v>
       </c>
       <c r="K16" s="10">
         <v>128</v>
       </c>
       <c r="L16" s="10">
         <v>132.5</v>
       </c>
       <c r="M16" s="10">
         <v>133.1</v>
       </c>
       <c r="N16" s="10">
         <v>138.1</v>
       </c>
       <c r="O16" s="10">
         <v>141.8</v>
       </c>
       <c r="P16" s="10">
         <v>142.6</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>142.4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="13" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C17" s="10">
         <v>100.7</v>
       </c>
       <c r="D17" s="10">
         <v>104.8</v>
       </c>
       <c r="E17" s="10">
         <v>117.9</v>
       </c>
       <c r="F17" s="10">
         <v>128.6</v>
       </c>
       <c r="G17" s="10">
         <v>138</v>
       </c>
       <c r="H17" s="10">
         <v>139.7</v>
       </c>
       <c r="I17" s="10">
         <v>142.4</v>
       </c>
       <c r="J17" s="10">
         <v>146.9</v>
       </c>
       <c r="K17" s="10">
         <v>145.5</v>
       </c>
       <c r="L17" s="10">
         <v>149.9</v>
       </c>
       <c r="M17" s="10">
         <v>152.8</v>
       </c>
       <c r="N17" s="10">
         <v>158</v>
       </c>
       <c r="O17" s="10">
         <v>162.1</v>
       </c>
       <c r="P17" s="10">
         <v>168.3</v>
+      </c>
+      <c r="Q17" s="10">
+        <v>173.5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="13" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C18" s="10">
         <v>100.5</v>
       </c>
       <c r="D18" s="10">
         <v>109</v>
       </c>
       <c r="E18" s="10">
         <v>121.1</v>
       </c>
       <c r="F18" s="10">
         <v>132.3</v>
       </c>
       <c r="G18" s="10">
         <v>139.1</v>
       </c>
       <c r="H18" s="10">
         <v>146.7</v>
       </c>
       <c r="I18" s="10">
         <v>152.4</v>
       </c>
       <c r="J18" s="10">
         <v>162.3</v>
       </c>
       <c r="K18" s="10">
         <v>157.7</v>
       </c>
       <c r="L18" s="10">
         <v>167</v>
       </c>
       <c r="M18" s="10">
         <v>169.8</v>
       </c>
       <c r="N18" s="10">
         <v>177</v>
       </c>
       <c r="O18" s="10">
         <v>181.5</v>
       </c>
       <c r="P18" s="10">
         <v>185.8</v>
+      </c>
+      <c r="Q18" s="10">
+        <v>191.3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="13" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C19" s="10">
         <v>100.2</v>
       </c>
       <c r="D19" s="10">
         <v>105.5</v>
       </c>
       <c r="E19" s="10">
         <v>116.4</v>
       </c>
       <c r="F19" s="10">
         <v>130.6</v>
       </c>
       <c r="G19" s="10">
         <v>136.6</v>
       </c>
       <c r="H19" s="10">
         <v>138.5</v>
       </c>
       <c r="I19" s="10">
         <v>142</v>
       </c>
       <c r="J19" s="10">
         <v>150.2</v>
       </c>
       <c r="K19" s="10">
         <v>150.9</v>
       </c>
       <c r="L19" s="10">
         <v>158.1</v>
       </c>
       <c r="M19" s="10">
         <v>161.5</v>
       </c>
       <c r="N19" s="10">
         <v>169.9</v>
       </c>
       <c r="O19" s="10">
         <v>174.1</v>
       </c>
       <c r="P19" s="10">
         <v>178</v>
+      </c>
+      <c r="Q19" s="10">
+        <v>182.8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="13" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C20" s="10">
         <v>100.6</v>
       </c>
       <c r="D20" s="10">
         <v>104.6</v>
       </c>
       <c r="E20" s="10">
         <v>114.2</v>
       </c>
       <c r="F20" s="10">
         <v>116</v>
       </c>
       <c r="G20" s="10">
         <v>117.7</v>
       </c>
       <c r="H20" s="10">
         <v>120.8</v>
       </c>
       <c r="I20" s="10">
         <v>125.4</v>
       </c>
       <c r="J20" s="10">
         <v>129.8</v>
       </c>
       <c r="K20" s="10">
         <v>128</v>
       </c>
       <c r="L20" s="10">
         <v>129.2</v>
       </c>
       <c r="M20" s="10">
         <v>126.1</v>
       </c>
       <c r="N20" s="10">
         <v>129.4</v>
       </c>
       <c r="O20" s="10">
         <v>130.2</v>
       </c>
       <c r="P20" s="10">
         <v>137.2</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>147.4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="13" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="L21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="N21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q21" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="13" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C22" s="10">
         <v>100.2</v>
       </c>
       <c r="D22" s="10">
         <v>104.6</v>
       </c>
       <c r="E22" s="10">
         <v>113.8</v>
       </c>
       <c r="F22" s="10">
         <v>124.9</v>
       </c>
       <c r="G22" s="10">
         <v>134.3</v>
       </c>
       <c r="H22" s="10">
         <v>137.9</v>
       </c>
       <c r="I22" s="10">
         <v>143.3</v>
       </c>
       <c r="J22" s="10">
         <v>149.5</v>
       </c>
       <c r="K22" s="10">
         <v>153.6</v>
       </c>
       <c r="L22" s="10">
         <v>158.6</v>
       </c>
       <c r="M22" s="10">
         <v>161</v>
       </c>
       <c r="N22" s="10">
         <v>166.5</v>
       </c>
       <c r="O22" s="10">
         <v>171.3</v>
       </c>
       <c r="P22" s="10">
         <v>174.8</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>180.4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C23" s="10">
         <v>100.1</v>
       </c>
       <c r="D23" s="10">
         <v>103.5</v>
       </c>
       <c r="E23" s="10">
         <v>111</v>
       </c>
       <c r="F23" s="10">
         <v>121.5</v>
       </c>
       <c r="G23" s="10">
         <v>129.9</v>
       </c>
       <c r="H23" s="10">
         <v>134.2</v>
       </c>
       <c r="I23" s="10">
         <v>138.3</v>
       </c>
       <c r="J23" s="10">
         <v>144.5</v>
       </c>
       <c r="K23" s="10">
         <v>150</v>
       </c>
       <c r="L23" s="10">
         <v>155.6</v>
       </c>
       <c r="M23" s="10">
         <v>158</v>
       </c>
       <c r="N23" s="10">
         <v>163.7</v>
       </c>
       <c r="O23" s="10">
         <v>167.9</v>
       </c>
       <c r="P23" s="10">
         <v>170.8</v>
+      </c>
+      <c r="Q23" s="10">
+        <v>175.6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="13" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C24" s="10">
         <v>100.5</v>
       </c>
       <c r="D24" s="10">
         <v>109.8</v>
       </c>
       <c r="E24" s="10">
         <v>122.9</v>
       </c>
       <c r="F24" s="10">
         <v>142.4</v>
       </c>
       <c r="G24" s="10">
         <v>160.1</v>
       </c>
       <c r="H24" s="10">
         <v>162.4</v>
       </c>
       <c r="I24" s="10">
         <v>169.7</v>
       </c>
       <c r="J24" s="10">
         <v>177.2</v>
       </c>
       <c r="K24" s="10">
         <v>181.8</v>
       </c>
       <c r="L24" s="10">
         <v>186.9</v>
       </c>
       <c r="M24" s="10">
         <v>190.2</v>
       </c>
       <c r="N24" s="10">
         <v>196.1</v>
       </c>
       <c r="O24" s="10">
         <v>204</v>
       </c>
       <c r="P24" s="10">
         <v>210</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>214.6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C25" s="10">
         <v>100.3</v>
       </c>
       <c r="D25" s="10">
         <v>106</v>
       </c>
       <c r="E25" s="10">
         <v>116.3</v>
       </c>
       <c r="F25" s="10">
         <v>122.5</v>
       </c>
       <c r="G25" s="10">
         <v>128.6</v>
       </c>
       <c r="H25" s="10">
         <v>134.9</v>
       </c>
       <c r="I25" s="10">
         <v>143.2</v>
       </c>
       <c r="J25" s="10">
         <v>148.8</v>
       </c>
       <c r="K25" s="10">
         <v>148.4</v>
       </c>
       <c r="L25" s="10">
         <v>152.3</v>
       </c>
       <c r="M25" s="10">
         <v>155</v>
       </c>
       <c r="N25" s="10">
         <v>160.7</v>
       </c>
       <c r="O25" s="10">
         <v>166.3</v>
       </c>
       <c r="P25" s="10">
         <v>170.2</v>
+      </c>
+      <c r="Q25" s="10">
+        <v>177.7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="13" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="L26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="N26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="O26" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P26" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q26" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="14" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C27" s="11">
         <v>101.1</v>
       </c>
       <c r="D27" s="11">
         <v>104.1</v>
       </c>
       <c r="E27" s="11">
         <v>111.2</v>
       </c>
       <c r="F27" s="11">
         <v>125.1</v>
       </c>
       <c r="G27" s="11">
         <v>136.9</v>
       </c>
       <c r="H27" s="11">
         <v>152.4</v>
       </c>
       <c r="I27" s="11">
         <v>156.5</v>
       </c>
       <c r="J27" s="11">
         <v>163.3</v>
       </c>
       <c r="K27" s="11">
         <v>162.8</v>
       </c>
       <c r="L27" s="11">
         <v>170.1</v>
       </c>
       <c r="M27" s="11">
         <v>180.4</v>
       </c>
       <c r="N27" s="11">
         <v>184.1</v>
       </c>
       <c r="O27" s="11">
         <v>191.4</v>
       </c>
       <c r="P27" s="11">
         <v>197.9</v>
+      </c>
+      <c r="Q27" s="11">
+        <v>198.6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
       <c r="B28" s="1"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="9"/>
       <c r="M28" s="9"/>
       <c r="N28" s="9"/>
       <c r="O28" s="9"/>
       <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9"/>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
       <c r="N29" s="9"/>
       <c r="O29" s="9"/>
       <c r="P29" s="9"/>
+      <c r="Q29" s="9"/>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
       <c r="O30" s="9"/>
       <c r="P30" s="9"/>
+      <c r="Q30" s="9"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="9"/>
       <c r="M31" s="9"/>
       <c r="N31" s="9"/>
       <c r="O31" s="9"/>
       <c r="P31" s="9"/>
+      <c r="Q31" s="9"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
+      <c r="Q32" s="12"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="12"/>
       <c r="D33" s="12"/>
       <c r="E33" s="12"/>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
       <c r="J33" s="12"/>
       <c r="K33" s="12"/>
       <c r="L33" s="12"/>
       <c r="M33" s="12"/>
       <c r="N33" s="12"/>
       <c r="O33" s="12"/>
       <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="12"/>
       <c r="M34" s="12"/>
       <c r="N34" s="12"/>
       <c r="O34" s="12"/>
       <c r="P34" s="12"/>
+      <c r="Q34" s="12"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="12"/>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A32:P32"/>
-[...2 lines deleted...]
-    <mergeCell ref="A35:P35"/>
+    <mergeCell ref="A32:Q32"/>
+    <mergeCell ref="A33:Q33"/>
+    <mergeCell ref="A34:Q34"/>
+    <mergeCell ref="A35:Q35"/>
   </mergeCells>
 </worksheet>
 </file>